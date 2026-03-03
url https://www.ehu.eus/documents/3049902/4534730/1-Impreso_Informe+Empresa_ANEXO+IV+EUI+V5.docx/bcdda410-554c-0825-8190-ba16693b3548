--- v0 (2026-01-07)
+++ v1 (2026-03-03)
@@ -4,122 +4,110 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00E551CF" w:rsidRPr="00581D39" w:rsidRDefault="002F7A92">
+    <w:p w:rsidR="00E551CF" w:rsidRPr="00581D39" w:rsidRDefault="009949FA" w:rsidP="009949FA">
       <w:pPr>
+        <w:ind w:left="-142"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A9A4093" wp14:editId="1AAC20DF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-132292</wp:posOffset>
+              <wp:posOffset>-249926</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-3175</wp:posOffset>
+              <wp:posOffset>-1905</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2489200" cy="560070"/>
+            <wp:extent cx="2061713" cy="812418"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="3" name="Imagen 3"/>
+            <wp:docPr id="1" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name="INGENIERIA_GASTEIZ_positiboa.png"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2489200" cy="560070"/>
+                      <a:ext cx="2061713" cy="812418"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E551CF" w:rsidRDefault="00E551CF" w:rsidP="00E551CF">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00062E5A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ANEXO IV</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc329943968"/>
@@ -250,85 +238,87 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Texto1"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
             <w:r w:rsidR="005B7BF9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B7BF9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B7BF9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B7BF9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B7BF9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="00906196">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00E551CF" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -354,51 +344,51 @@
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00492140" w:rsidRDefault="00B90C89" w:rsidP="00906196">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Texto2"/>
+            <w:bookmarkStart w:id="3" w:name="Texto2"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -422,51 +412,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="00906196">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00E551CF" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321382">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nombre y apellidos del alumno o alumna</w:t>
             </w:r>
           </w:p>
@@ -477,51 +467,51 @@
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00492140" w:rsidRDefault="00B90C89" w:rsidP="00906196">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Texto3"/>
+            <w:bookmarkStart w:id="4" w:name="Texto3"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -545,102 +535,102 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E551CF" w:rsidRPr="00906196" w:rsidRDefault="00E551CF" w:rsidP="00E551CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E551CF" w:rsidRDefault="00E551CF" w:rsidP="00E551CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E214D">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>II. DESCRIPCIÓN DE LA ACTIVIDAD DESARROLLADA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4545"/>
-        <w:gridCol w:w="4175"/>
+        <w:gridCol w:w="4437"/>
+        <w:gridCol w:w="4057"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="00492140">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00E551CF" w:rsidP="00906196">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321382">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Departamento de la </w:t>
             </w:r>
             <w:r w:rsidR="00906196">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -675,51 +665,51 @@
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00492140" w:rsidRDefault="00B90C89" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Texto6"/>
+            <w:bookmarkStart w:id="5" w:name="Texto6"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -743,51 +733,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="00492140">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00E551CF" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321382">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fechas de realización del periodo de prácticas</w:t>
             </w:r>
           </w:p>
@@ -796,51 +786,51 @@
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00492140" w:rsidRDefault="00B90C89" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Texto7"/>
+            <w:bookmarkStart w:id="6" w:name="Texto7"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -864,51 +854,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="00ED2E42">
         <w:trPr>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00E551CF" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321382">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -920,51 +910,51 @@
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00492140" w:rsidRDefault="00B90C89" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Texto8"/>
+            <w:bookmarkStart w:id="7" w:name="Texto8"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -988,51 +978,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="005C46ED">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00492140" w:rsidRDefault="00492140" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E551CF" w:rsidRDefault="00E551CF" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
@@ -1062,51 +1052,51 @@
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00492140" w:rsidRPr="00492140" w:rsidRDefault="00B90C89" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Texto9"/>
+            <w:bookmarkStart w:id="8" w:name="Texto9"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1130,51 +1120,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E551CF" w:rsidRPr="00906196" w:rsidRDefault="00E551CF" w:rsidP="00906196">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E551CF" w:rsidRPr="00906196" w:rsidRDefault="00E551CF" w:rsidP="00E551CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
@@ -1194,51 +1184,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ACTIVIDADES O </w:t>
       </w:r>
       <w:r w:rsidRPr="007E214D">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TAREAS DESARROLLADAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8720"/>
+        <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="00492140">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8929" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00E551CF" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Descripción de tareas </w:t>
             </w:r>
             <w:r w:rsidRPr="00321382">
@@ -1272,51 +1262,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Texto10"/>
+            <w:bookmarkStart w:id="9" w:name="Texto10"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1340,76 +1330,76 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Texto11"/>
+            <w:bookmarkStart w:id="10" w:name="Texto11"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1433,97 +1423,97 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="00492140">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8929" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRDefault="00E551CF" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00321382">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Texto12"/>
+            <w:bookmarkStart w:id="11" w:name="Texto12"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1547,76 +1537,76 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Texto13"/>
+            <w:bookmarkStart w:id="12" w:name="Texto13"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1640,96 +1630,96 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E551CF" w:rsidRPr="007E214D" w:rsidTr="00492140">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8929" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E551CF" w:rsidRDefault="00E551CF" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Texto14"/>
+            <w:bookmarkStart w:id="13" w:name="Texto14"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1753,75 +1743,75 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
           <w:p w:rsidR="00E551CF" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00492140">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Texto15"/>
+            <w:bookmarkStart w:id="14" w:name="Texto15"/>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1845,51 +1835,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00492140">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E551CF" w:rsidRPr="00906196" w:rsidRDefault="00E551CF" w:rsidP="00E551CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E551CF" w:rsidRPr="00906196" w:rsidRDefault="00E551CF" w:rsidP="00906196">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -2147,331 +2137,331 @@
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Casilla1"/>
+            <w:bookmarkStart w:id="15" w:name="Casilla1"/>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...19 lines deleted...]
-            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Casilla2"/>
+            <w:bookmarkStart w:id="16" w:name="Casilla2"/>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...19 lines deleted...]
-            <w:bookmarkEnd w:id="15"/>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Casilla3"/>
+            <w:bookmarkStart w:id="17" w:name="Casilla3"/>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...19 lines deleted...]
-            <w:bookmarkEnd w:id="16"/>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Casilla4"/>
+            <w:bookmarkStart w:id="18" w:name="Casilla4"/>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...19 lines deleted...]
-            <w:bookmarkEnd w:id="17"/>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Casilla5"/>
+            <w:bookmarkStart w:id="19" w:name="Casilla5"/>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...19 lines deleted...]
-            <w:bookmarkEnd w:id="18"/>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00BE2DBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRDefault="00D57441" w:rsidP="00BE2DBB">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Capacidad de trabajo</w:t>
             </w:r>
           </w:p>
@@ -2492,57 +2482,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2552,57 +2542,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2612,57 +2602,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2672,57 +2662,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2732,57 +2722,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00BE2DBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRDefault="00D57441" w:rsidP="00BE2DBB">
             <w:pPr>
               <w:spacing w:after="0"/>
@@ -2816,57 +2806,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2876,57 +2866,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2936,57 +2926,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2996,57 +2986,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3056,57 +3046,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00BE2DBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00D57441" w:rsidP="00BE2DBB">
             <w:pPr>
               <w:spacing w:after="0"/>
@@ -3140,57 +3130,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3200,57 +3190,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3260,57 +3250,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3320,57 +3310,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3380,57 +3370,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00BE2DBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00D57441" w:rsidP="00BE2DBB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3464,57 +3454,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3524,57 +3514,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3584,57 +3574,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3644,57 +3634,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3704,57 +3694,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00BE2DBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00D57441" w:rsidP="00BE2DBB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3788,57 +3778,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3848,57 +3838,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3908,57 +3898,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3968,57 +3958,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4028,57 +4018,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00BE2DBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00D57441" w:rsidP="00BE2DBB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4112,57 +4102,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4172,57 +4162,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4232,57 +4222,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4292,57 +4282,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4352,57 +4342,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00BE2DBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00D57441" w:rsidP="00BE2DBB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4443,57 +4433,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4503,57 +4493,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4563,57 +4553,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4623,57 +4613,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4683,57 +4673,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00BE2DBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00D57441" w:rsidP="00BE2DBB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4767,57 +4757,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4827,57 +4817,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4887,57 +4877,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4947,57 +4937,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="008054FC">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -5007,57 +4997,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
@@ -5242,57 +5232,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00717BCB">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5301,57 +5291,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00717BCB">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5359,57 +5349,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00717BCB">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5417,57 +5407,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00321382" w:rsidRDefault="00B90C89" w:rsidP="00717BCB">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5475,57 +5465,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D57441">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D57441" w:rsidRPr="007E214D" w:rsidTr="00ED2E42">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D57441" w:rsidRPr="00E44544" w:rsidRDefault="00D57441" w:rsidP="00ED2E42">
             <w:pPr>
@@ -5570,109 +5560,109 @@
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     NO </w:t>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B90C89">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C46ED" w:rsidRPr="007E214D" w:rsidTr="005C46ED">
         <w:trPr>
           <w:trHeight w:val="572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:noWrap/>
@@ -5883,163 +5873,137 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00F81EEE" w:rsidRDefault="003D1F43" w:rsidP="003D1F43">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Firma</w:t>
       </w:r>
       <w:r w:rsidR="0058684B">
         <w:t xml:space="preserve"> y sello</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> del instructor</w:t>
       </w:r>
       <w:r w:rsidR="006275EC">
         <w:t xml:space="preserve"> o </w:t>
       </w:r>
       <w:r w:rsidR="00B73822">
         <w:t>instructora</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F81EEE" w:rsidRPr="002F7A92" w:rsidRDefault="00F81EEE" w:rsidP="002F7A92">
+    <w:p w:rsidR="00810E82" w:rsidRPr="00581D39" w:rsidRDefault="00810E82" w:rsidP="00810E82">
       <w:pPr>
-        <w:jc w:val="right"/>
+        <w:ind w:left="-142"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F7A92" w:rsidRPr="002F7A92">
         <w:rPr>
-          <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B9A0A3B" wp14:editId="5F8784B9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62729354" wp14:editId="608AD94D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-59267</wp:posOffset>
+              <wp:posOffset>-249926</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>0</wp:posOffset>
+              <wp:posOffset>-1905</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2489200" cy="560070"/>
+            <wp:extent cx="2061713" cy="812418"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="5" name="Imagen 5"/>
+            <wp:docPr id="4" name="Imagen 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name="INGENIERIA_GASTEIZ_positiboa.png"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2489200" cy="560070"/>
+                      <a:ext cx="2061713" cy="812418"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="002F7A92">
+    </w:p>
+    <w:p w:rsidR="00810E82" w:rsidRDefault="00BE4AE0" w:rsidP="00810E82">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>IV</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D3B87" w:rsidRPr="002F7A92">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ERANSKINA</w:t>
+        <w:t>IV. ERANSKINA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F7A92" w:rsidRDefault="002F7A92" w:rsidP="00F81EEE">
-[...8 lines deleted...]
-    <w:p w:rsidR="002F7A92" w:rsidRDefault="002F7A92" w:rsidP="00F81EEE">
+    <w:p w:rsidR="00810E82" w:rsidRDefault="00810E82" w:rsidP="00810E82">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F81EEE" w:rsidRPr="00581D39" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INSTRUKTOREAREN AMAIERAKO TXOSTENA</w:t>
       </w:r>
@@ -6127,87 +6091,85 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="_GoBack"/>
-[...35 lines deleted...]
-            <w:bookmarkEnd w:id="19"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -6476,73 +6438,114 @@
         </w:rPr>
         <w:t xml:space="preserve">II. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GARATUTAKO JARDUERAREN DESKRIBAPENA</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4544"/>
-        <w:gridCol w:w="4176"/>
+        <w:gridCol w:w="4435"/>
+        <w:gridCol w:w="4059"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Jarduera egin den erakundearen saila</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jarduera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>egin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> den </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>erakundearen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> saila</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00492140" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -6625,51 +6628,51 @@
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Praktika-aldiaren datak</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4285" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F81EEE" w:rsidRPr="00492140" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
+          <w:p w:rsidR="00F81EEE" w:rsidRPr="00492140" w:rsidRDefault="00F81EEE" w:rsidP="00BE4AE0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6713,50 +6716,57 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00810E82" w:rsidRPr="002F7A92">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:trPr>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7032,51 +7042,51 @@
         </w:rPr>
         <w:t xml:space="preserve">III. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>GARATUTAKO JARDUERAK</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8720"/>
+        <w:gridCol w:w="8494"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8929" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Garatutako jardueren deskribapena</w:t>
             </w:r>
             <w:r w:rsidRPr="00321382">
@@ -7973,57 +7983,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8034,57 +8044,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8095,57 +8105,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8156,57 +8166,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8217,57 +8227,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
@@ -8301,57 +8311,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8361,57 +8371,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8421,57 +8431,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8481,57 +8491,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8541,57 +8551,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
@@ -8625,57 +8635,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8685,57 +8695,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8745,57 +8755,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8805,57 +8815,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -8865,57 +8875,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0"/>
@@ -8949,57 +8959,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9009,57 +9019,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9069,57 +9079,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9129,57 +9139,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9189,57 +9199,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9273,57 +9283,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9333,57 +9343,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9393,57 +9403,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9453,57 +9463,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9513,57 +9523,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9597,57 +9607,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9657,57 +9667,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9717,57 +9727,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9777,57 +9787,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9837,57 +9847,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9921,57 +9931,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -9981,57 +9991,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10041,57 +10051,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10101,57 +10111,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10161,57 +10171,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10245,57 +10255,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10305,57 +10315,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10365,57 +10375,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10425,57 +10435,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10485,57 +10495,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -10569,57 +10579,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10629,57 +10639,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10689,57 +10699,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10749,57 +10759,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -10809,57 +10819,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
@@ -11044,57 +11054,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11103,57 +11113,57 @@
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11161,57 +11171,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11219,57 +11229,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00321382" w:rsidRDefault="00F81EEE" w:rsidP="00F81EEE">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -11277,57 +11287,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6629" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00F81EEE" w:rsidRPr="00E44544" w:rsidRDefault="00F81EEE" w:rsidP="00360F79">
             <w:pPr>
@@ -11393,57 +11403,57 @@
             <w:r w:rsidR="00F81EEE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F81EEE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F81EEE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F81EEE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -11459,57 +11469,57 @@
             <w:r w:rsidR="00F81EEE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00F81EEE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00311F8F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00311F8F">
+            <w:r w:rsidR="009D4669">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009D4669">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00F81EEE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F81EEE" w:rsidRPr="007E214D" w:rsidTr="00F81EEE">
         <w:trPr>
           <w:trHeight w:val="572"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8755" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:noWrap/>
@@ -11733,261 +11743,273 @@
     <w:p w:rsidR="00E551CF" w:rsidRDefault="00360F79" w:rsidP="00F81EEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Instruktorearen sinadura eta zigilua</w:t>
       </w:r>
       <w:r w:rsidR="00F81EEE">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E551CF" w:rsidSect="00AD28D2">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="1701" w:bottom="993" w:left="1701" w:header="282" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00311F8F" w:rsidRDefault="00311F8F" w:rsidP="00906196">
+    <w:p w:rsidR="00810E82" w:rsidRDefault="00810E82" w:rsidP="00906196">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00311F8F" w:rsidRDefault="00311F8F" w:rsidP="00906196">
+    <w:p w:rsidR="00810E82" w:rsidRDefault="00810E82" w:rsidP="00906196">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00311F8F" w:rsidRDefault="00311F8F" w:rsidP="00906196">
+    <w:p w:rsidR="00810E82" w:rsidRDefault="00810E82" w:rsidP="00906196">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00311F8F" w:rsidRDefault="00311F8F" w:rsidP="00906196">
+    <w:p w:rsidR="00810E82" w:rsidRDefault="00810E82" w:rsidP="00906196">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00F81EEE" w:rsidRDefault="00F81EEE">
+  <w:p w:rsidR="00810E82" w:rsidRDefault="00810E82">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00F81EEE" w:rsidRDefault="00F81EEE">
+  <w:p w:rsidR="00810E82" w:rsidRDefault="00810E82">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kVO+DOGd864pXORM5secvsNR8C+yHlbk98cjf4RCF0FFOxhwtGD21RKJdfFX34V3TlEI8Db0FOOtevFxZVxzKg==" w:salt="vhFPYfBUK4sD0UYwXdwOxA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="b2CFA0p+9nq4Feqzljk1m6H7S8K7EzywqEKs06WmgS88U189t0VD+JdQ47Xvb0BCLDlp+KMxJhwezn1XptSONQ==" w:salt="3n/lrHANJ6+BMBE5m+YeqA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E551CF"/>
     <w:rsid w:val="00003182"/>
     <w:rsid w:val="00045AFC"/>
     <w:rsid w:val="00061B7D"/>
     <w:rsid w:val="001307A0"/>
     <w:rsid w:val="00130EBD"/>
     <w:rsid w:val="0018279F"/>
     <w:rsid w:val="001F002E"/>
     <w:rsid w:val="001F42CC"/>
     <w:rsid w:val="002C2993"/>
     <w:rsid w:val="002D3B87"/>
     <w:rsid w:val="002E11CA"/>
     <w:rsid w:val="002F1D55"/>
     <w:rsid w:val="002F7A92"/>
     <w:rsid w:val="00311F8F"/>
     <w:rsid w:val="00352D06"/>
     <w:rsid w:val="00360F79"/>
     <w:rsid w:val="003D1F43"/>
     <w:rsid w:val="00492140"/>
     <w:rsid w:val="004D0466"/>
     <w:rsid w:val="004E7CE8"/>
     <w:rsid w:val="0050412D"/>
     <w:rsid w:val="00544F10"/>
     <w:rsid w:val="00554DEF"/>
     <w:rsid w:val="00581D39"/>
     <w:rsid w:val="00584284"/>
     <w:rsid w:val="0058684B"/>
     <w:rsid w:val="005A1C41"/>
     <w:rsid w:val="005B7BF9"/>
     <w:rsid w:val="005C46ED"/>
+    <w:rsid w:val="005E1BC7"/>
     <w:rsid w:val="006275EC"/>
     <w:rsid w:val="00632839"/>
     <w:rsid w:val="0066251B"/>
     <w:rsid w:val="00710368"/>
     <w:rsid w:val="00717BCB"/>
     <w:rsid w:val="00763677"/>
     <w:rsid w:val="00783142"/>
     <w:rsid w:val="008054FC"/>
+    <w:rsid w:val="00810E82"/>
     <w:rsid w:val="008A594F"/>
     <w:rsid w:val="00906196"/>
     <w:rsid w:val="00936E0E"/>
     <w:rsid w:val="00970152"/>
     <w:rsid w:val="0097458D"/>
     <w:rsid w:val="0097460D"/>
+    <w:rsid w:val="009949FA"/>
+    <w:rsid w:val="009D4669"/>
     <w:rsid w:val="00A468DB"/>
     <w:rsid w:val="00AD28D2"/>
     <w:rsid w:val="00B26191"/>
     <w:rsid w:val="00B46974"/>
     <w:rsid w:val="00B73822"/>
     <w:rsid w:val="00B90C89"/>
     <w:rsid w:val="00BA55C5"/>
     <w:rsid w:val="00BE2DBB"/>
+    <w:rsid w:val="00BE4AE0"/>
+    <w:rsid w:val="00C05052"/>
     <w:rsid w:val="00C0651A"/>
     <w:rsid w:val="00C15460"/>
     <w:rsid w:val="00C91E0A"/>
+    <w:rsid w:val="00CA54CD"/>
     <w:rsid w:val="00CD05B7"/>
     <w:rsid w:val="00D33FE8"/>
     <w:rsid w:val="00D57441"/>
     <w:rsid w:val="00E10868"/>
     <w:rsid w:val="00E44544"/>
     <w:rsid w:val="00E54439"/>
     <w:rsid w:val="00E551CF"/>
     <w:rsid w:val="00E65CD5"/>
     <w:rsid w:val="00E70D3C"/>
     <w:rsid w:val="00E85E10"/>
     <w:rsid w:val="00EB48E5"/>
     <w:rsid w:val="00ED2E42"/>
+    <w:rsid w:val="00EE5C63"/>
     <w:rsid w:val="00F81EEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5875B9D7"/>
   <w15:docId w15:val="{F5D12ABB-4CC9-409A-BFA9-1D10B8331D5F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12793,51 +12815,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B87F8712-6229-470F-933B-FD9A907F9568}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A85717A-6422-4E5B-9153-6FD3BCA3785F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>708</Words>
   <Characters>3897</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>