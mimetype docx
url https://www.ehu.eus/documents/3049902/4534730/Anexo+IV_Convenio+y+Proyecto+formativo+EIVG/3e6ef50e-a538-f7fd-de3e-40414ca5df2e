--- v0 (2026-01-04)
+++ v1 (2026-03-02)
@@ -5,134 +5,121 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00A12421" w:rsidRDefault="00A12421" w:rsidP="006928DB">
+    <w:p w:rsidR="00A12421" w:rsidRDefault="0033365A" w:rsidP="006928DB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc329943965"/>
       <w:bookmarkStart w:id="1" w:name="_Toc329945634"/>
       <w:bookmarkStart w:id="2" w:name="_Toc329948823"/>
       <w:bookmarkStart w:id="3" w:name="_Toc329949124"/>
       <w:bookmarkStart w:id="4" w:name="_Toc335941405"/>
       <w:bookmarkStart w:id="5" w:name="_Toc335948667"/>
       <w:bookmarkStart w:id="6" w:name="_Toc329944675"/>
       <w:bookmarkStart w:id="7" w:name="_Toc329945125"/>
       <w:bookmarkStart w:id="8" w:name="_Toc329945197"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B3D04B0" wp14:editId="0EE9894A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77173F9F" wp14:editId="51F0B610">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3810</wp:posOffset>
+              <wp:posOffset>-153406</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-203200</wp:posOffset>
+              <wp:posOffset>-207010</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2924175" cy="657939"/>
-            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:extent cx="2061713" cy="812418"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:wrapNone/>
-            <wp:docPr id="3" name="Imagen 3"/>
+            <wp:docPr id="1" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="1" name="INGENIERIA_GASTEIZ_positiboa.png"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2974514" cy="669265"/>
+                      <a:ext cx="2061713" cy="812418"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="006928DB" w:rsidRDefault="006928DB" w:rsidP="006928DB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A12421" w:rsidRDefault="00A12421" w:rsidP="006928DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="160" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -362,90 +349,92 @@
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Texto47"/>
       <w:r w:rsidR="00AD1B7A" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:bookmarkStart w:id="11" w:name="_GoBack"/>
       <w:r w:rsidR="005D6F9A" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005D6F9A" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005D6F9A" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005D6F9A" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="005D6F9A" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00FB74B6" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB74B6" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -698,51 +687,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Texto2"/>
+      <w:bookmarkStart w:id="12" w:name="Texto2"/>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
@@ -775,51 +764,51 @@
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00F33692" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>como</w:t>
       </w:r>
       <w:r w:rsidR="001E0950" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cargo) </w:t>
       </w:r>
       <w:r w:rsidR="00F33692" w:rsidRPr="00A75552">
@@ -831,51 +820,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Texto3"/>
+      <w:bookmarkStart w:id="13" w:name="Texto3"/>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
@@ -908,51 +897,51 @@
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F33692" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00BB257B">
@@ -988,51 +977,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F33692" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Texto4"/>
+      <w:bookmarkStart w:id="14" w:name="Texto4"/>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00013117" w:rsidRPr="00BB257B">
         <w:rPr>
@@ -1060,51 +1049,51 @@
       </w:r>
       <w:r w:rsidR="00013117" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00013117" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="001A6405" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> con NIF </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001A6405" w:rsidRPr="00BB257B">
         <w:rPr>
@@ -1329,51 +1318,51 @@
       </w:r>
       <w:r w:rsidR="00F33692" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Texto5"/>
+      <w:bookmarkStart w:id="15" w:name="Texto5"/>
       <w:r w:rsidR="00CB1E72" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -1415,51 +1404,51 @@
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB1E72" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="00A07EA0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> , con DNI </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00A07EA0" w:rsidRPr="00BB257B">
@@ -1608,51 +1597,51 @@
       </w:r>
       <w:r w:rsidR="00F33692" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Texto6"/>
+      <w:bookmarkStart w:id="16" w:name="Texto6"/>
       <w:r w:rsidR="00CB1E72" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -1694,51 +1683,51 @@
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB1E72" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00BB257B" w:rsidP="001B4C95">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1802,51 +1791,51 @@
       </w:r>
       <w:r w:rsidR="00CB1E72" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> D/Dña </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Texto7"/>
+      <w:bookmarkStart w:id="17" w:name="Texto7"/>
       <w:r w:rsidR="00CB1E72" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -1888,51 +1877,51 @@
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB1E72" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00A07EA0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00052E96" w:rsidP="001B4C95">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2172,169 +2161,169 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Casilla1"/>
+            <w:bookmarkStart w:id="18" w:name="Casilla1"/>
             <w:r w:rsidR="00992615" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidR="00992615" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00556FCB">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00992615" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>plicar sus conocimientos a su trabajo o vocación de una forma profesional y posean las competencias que suelen demostrarse por medio de la elaboración y defensa de argumentos y la resolución de problemas dentro de su área.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="18" w:name="Casilla2"/>
+          <w:bookmarkStart w:id="19" w:name="Casilla2"/>
           <w:p w:rsidR="00992615" w:rsidRPr="00A75552" w:rsidRDefault="009338A0" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidR="00992615" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00556FCB">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00992615" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>apacidad de reunir e interpretar datos relevantes para emitir juicios que incluyan una reflexión sobre temas relevantes de índole social, científica o ética.</w:t>
             </w:r>
           </w:p>
@@ -2345,83 +2334,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Casilla3"/>
+            <w:bookmarkStart w:id="20" w:name="Casilla3"/>
             <w:r w:rsidR="00992615" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidR="00992615" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00556FCB">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00992615" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ransmitir información, ideas, problemas y soluciones a un público tanto especializado como no especializado. </w:t>
             </w:r>
           </w:p>
@@ -2432,154 +2421,154 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Casilla4"/>
+            <w:bookmarkStart w:id="21" w:name="Casilla4"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="21"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Adoptar una actitud responsable, ordenada en el trabajo y dispuesta al aprendizaje. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00556FCB" w:rsidRPr="00A75552" w:rsidRDefault="00556FCB" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Casilla5"/>
+            <w:bookmarkStart w:id="22" w:name="Casilla5"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="22"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad de resolver problemas con iniciativa, toma de decisiones, creatividad, razonamiento crítico</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> y de comunicar y transmitir conocimientos, habilidades y destrezas en su campo.</w:t>
             </w:r>
           </w:p>
@@ -2590,433 +2579,433 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Casilla6"/>
+            <w:bookmarkStart w:id="23" w:name="Casilla6"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="23"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad para buscar y seleccionar información, comunicarla de forma oral o escrita, redactar informes y proyectos, y gestionar la documentación.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00556FCB" w:rsidRPr="00A75552" w:rsidRDefault="00556FCB" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Casilla7"/>
+            <w:bookmarkStart w:id="24" w:name="Casilla7"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad de trabajar con un equipo multicultural.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00556FCB" w:rsidRPr="00A75552" w:rsidRDefault="00556FCB" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Casilla8"/>
+            <w:bookmarkStart w:id="25" w:name="Casilla8"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="25"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad de trabajar en un entorno multilingüe y multidisciplinar.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00556FCB" w:rsidRDefault="00556FCB" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Casilla9"/>
+            <w:bookmarkStart w:id="26" w:name="Casilla9"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="26"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad para trabajar eficazmente en grupo integrando capacidades y conocimientos para adoptar decisiones.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00556FCB" w:rsidRPr="00A75552" w:rsidRDefault="00556FCB" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Casilla10"/>
+            <w:bookmarkStart w:id="27" w:name="Casilla10"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="27"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad para aplicar los principios y métodos de la calidad.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00992615" w:rsidRPr="00A75552" w:rsidRDefault="00556FCB" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Casilla11"/>
+            <w:bookmarkStart w:id="28" w:name="Casilla11"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="28"/>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad de analizar y valorar el impacto social y medio ambiental de las soluciones técnicas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidTr="00556FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00413DA6" w:rsidP="00EF4692">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3087,363 +3076,363 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Casilla12"/>
+            <w:bookmarkStart w:id="29" w:name="Casilla12"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="29"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad de organización y planificación en el ámbito de la empresa, organización o institución.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E401E" w:rsidRPr="00A75552" w:rsidRDefault="009338A0" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Casilla13"/>
+            <w:bookmarkStart w:id="30" w:name="Casilla13"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="30"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad para el manejo de especificaciones, reglamentos y normas de obligado cumplimiento.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E401E" w:rsidRPr="00A75552" w:rsidRDefault="009338A0" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Casilla14"/>
+            <w:bookmarkStart w:id="31" w:name="Casilla14"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="31"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad de aplicación de los conocimientos adquiridos en las diferentes materias de la titulación.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E401E" w:rsidRPr="00A75552" w:rsidRDefault="009338A0" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Casilla15"/>
+            <w:bookmarkStart w:id="32" w:name="Casilla15"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="32"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad para participar en la elaboración, redacción y desarrollo de proyectos en el ámbito que corresponde a su titulación.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="009338A0" w:rsidP="000521B9">
             <w:pPr>
               <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Casilla16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Casilla16"/>
+            <w:bookmarkStart w:id="33" w:name="Casilla16"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001F2AE5">
-[...6 lines deleted...]
-            <w:r w:rsidR="001F2AE5">
+            <w:r w:rsidR="0033365A">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="0033365A">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="33"/>
             <w:r w:rsidR="001E401E" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Capacidad para la dirección, de las actividades objeto de los proyectos de su titulación.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00413DA6" w:rsidP="009A61DB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00413DA6" w:rsidP="00413DA6">
@@ -3531,51 +3520,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1- </w:t>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Texto12"/>
+            <w:bookmarkStart w:id="34" w:name="Texto12"/>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
@@ -3608,101 +3597,101 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidTr="009920B9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00413DA6" w:rsidP="00C428CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2-</w:t>
             </w:r>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Texto13"/>
+            <w:bookmarkStart w:id="35" w:name="Texto13"/>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
@@ -3735,51 +3724,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidTr="009920B9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00B409D5" w:rsidP="00C428CE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
@@ -3792,51 +3781,51 @@
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Texto14"/>
+            <w:bookmarkStart w:id="36" w:name="Texto14"/>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
@@ -3869,51 +3858,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00413DA6" w:rsidP="00413DA6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00413DA6" w:rsidRPr="00A75552" w:rsidRDefault="00413DA6" w:rsidP="009A61DB">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -3962,51 +3951,51 @@
       </w:r>
       <w:r w:rsidR="00C428CE" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="Texto15"/>
+      <w:bookmarkStart w:id="37" w:name="Texto15"/>
       <w:r w:rsidR="00C428CE" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -4048,51 +4037,51 @@
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C428CE" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w:rsidR="00B27B1B" w:rsidRPr="00B27B1B" w:rsidRDefault="009920B9" w:rsidP="009A61DB">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086548">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5012,51 +5001,51 @@
       </w:r>
       <w:r w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="Texto17"/>
+      <w:bookmarkStart w:id="38" w:name="Texto17"/>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -5098,51 +5087,51 @@
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00BB257B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w:rsidR="00413DA6" w:rsidRDefault="00780C1C" w:rsidP="00331C88">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780C1C">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5709,51 +5698,51 @@
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vitoria-Gasteiz, a  </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto48"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="Texto48"/>
+      <w:bookmarkStart w:id="39" w:name="Texto48"/>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
@@ -5781,75 +5770,75 @@
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto49"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="Texto49"/>
+      <w:bookmarkStart w:id="40" w:name="Texto49"/>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
@@ -5877,75 +5866,75 @@
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 20</w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texto50"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="40" w:name="Texto50"/>
+      <w:bookmarkStart w:id="41" w:name="Texto50"/>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
@@ -5978,51 +5967,51 @@
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00EB4111" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w:rsidR="00A75552" w:rsidRDefault="00A75552" w:rsidP="00A75552">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6631,130 +6620,128 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00B52A1B" w:rsidRPr="00A75552" w:rsidRDefault="009338A0" w:rsidP="00413DA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Texto22"/>
+            <w:bookmarkStart w:id="42" w:name="Texto22"/>
             <w:r w:rsidR="00B52A1B" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="_GoBack"/>
             <w:r w:rsidR="00B52A1B" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B52A1B" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B52A1B" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B52A1B" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B52A1B" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00A75552">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:bookmarkEnd w:id="42"/>
-            <w:r w:rsidRPr="00A75552">
-[...7 lines deleted...]
-            <w:bookmarkEnd w:id="41"/>
           </w:p>
           <w:p w:rsidR="00B52A1B" w:rsidRPr="00A75552" w:rsidRDefault="00B52A1B" w:rsidP="00413DA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">DNI </w:t>
             </w:r>
             <w:r w:rsidR="009338A0" w:rsidRPr="00A75552">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -9415,55 +9402,55 @@
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1191581249"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00A55731" w:rsidRDefault="00A55731">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="001F2AE5">
+        <w:r w:rsidR="0033365A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00A55731" w:rsidRDefault="00A55731">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00896C6C" w:rsidRDefault="00896C6C" w:rsidP="00266F1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -9651,62 +9638,62 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="110"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="UIL/Llg4Fsn4QIqvdMn2SasNARF/GAzrYR1IWkyVtkZ6t6LZ0gwtk5LDUD8Trbt8j7v5p/XLgt8QXE510FLCrQ==" w:salt="IV3ziawqFOcCQzfkcUmPnA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ux3v5dZTdbkX+lA1dc1J5qHseQdGK2IfjJ1htW56xXHes42hoh+SWgTD4R/U/XwklUwxc87aLjWEWOxR6UEiiw==" w:salt="T1mRe07nGxaQrzccPuib5w=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001841F9"/>
     <w:rsid w:val="00013117"/>
     <w:rsid w:val="000144FB"/>
     <w:rsid w:val="0002459A"/>
     <w:rsid w:val="00025361"/>
     <w:rsid w:val="000521B9"/>
     <w:rsid w:val="00052E29"/>
@@ -9729,50 +9716,51 @@
     <w:rsid w:val="001841F9"/>
     <w:rsid w:val="001925F7"/>
     <w:rsid w:val="001A31DC"/>
     <w:rsid w:val="001A6405"/>
     <w:rsid w:val="001A6D06"/>
     <w:rsid w:val="001B2DBD"/>
     <w:rsid w:val="001B4C95"/>
     <w:rsid w:val="001E0950"/>
     <w:rsid w:val="001E2654"/>
     <w:rsid w:val="001E401E"/>
     <w:rsid w:val="001E5010"/>
     <w:rsid w:val="001F2AE5"/>
     <w:rsid w:val="001F47F5"/>
     <w:rsid w:val="00221DBE"/>
     <w:rsid w:val="00263AD7"/>
     <w:rsid w:val="00266F1D"/>
     <w:rsid w:val="00270B30"/>
     <w:rsid w:val="002B41BD"/>
     <w:rsid w:val="002B5A67"/>
     <w:rsid w:val="002C45CE"/>
     <w:rsid w:val="002D1A1A"/>
     <w:rsid w:val="002D2EC7"/>
     <w:rsid w:val="002E75A0"/>
     <w:rsid w:val="00317566"/>
     <w:rsid w:val="00327D74"/>
+    <w:rsid w:val="0033365A"/>
     <w:rsid w:val="003337A7"/>
     <w:rsid w:val="00334116"/>
     <w:rsid w:val="003670A9"/>
     <w:rsid w:val="00374802"/>
     <w:rsid w:val="003B26DF"/>
     <w:rsid w:val="003C4B32"/>
     <w:rsid w:val="003C6ABE"/>
     <w:rsid w:val="003D1CE7"/>
     <w:rsid w:val="003F434D"/>
     <w:rsid w:val="004014A7"/>
     <w:rsid w:val="00413DA6"/>
     <w:rsid w:val="004274A3"/>
     <w:rsid w:val="0042761F"/>
     <w:rsid w:val="00432E24"/>
     <w:rsid w:val="00440606"/>
     <w:rsid w:val="004424CE"/>
     <w:rsid w:val="0047111D"/>
     <w:rsid w:val="00471BCE"/>
     <w:rsid w:val="004859E7"/>
     <w:rsid w:val="004923BB"/>
     <w:rsid w:val="004B3651"/>
     <w:rsid w:val="004E3FC9"/>
     <w:rsid w:val="004F0DAC"/>
     <w:rsid w:val="004F4A54"/>
     <w:rsid w:val="00503AFF"/>
@@ -9931,59 +9919,58 @@
     <w:rsid w:val="00FA4C5B"/>
     <w:rsid w:val="00FA7A10"/>
     <w:rsid w:val="00FB74B6"/>
     <w:rsid w:val="00FB7876"/>
     <w:rsid w:val="00FC3FEA"/>
     <w:rsid w:val="00FE1CA9"/>
     <w:rsid w:val="00FE20B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6DB429D8"/>
   <w15:docId w15:val="{8BB96726-052A-44D7-B740-18150BB361F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11014,51 +11001,51 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED6DF3AD-A96B-44FF-A1C8-0042E6C58402}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E41A643-A052-4827-B9B6-C9514B30A9F1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CONVENIO Modelo 2 verifi p.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1536</Words>
   <Characters>8449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>70</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>