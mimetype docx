--- v0 (2026-01-07)
+++ v1 (2026-01-28)
@@ -1,570 +1,516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="4DDBF799" w14:textId="43A4A007" w:rsidR="006A7C95" w:rsidRDefault="00F734B6">
       <w:pPr>
         <w:spacing w:after="16"/>
         <w:ind w:left="-1" w:right="3645"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008216EB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...3 lines deleted...]
-            <wp:cNvGraphicFramePr/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D9BF334" wp14:editId="6C4A16EA">
+            <wp:extent cx="2716652" cy="1238210"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="635"/>
+            <wp:docPr id="905818357" name="Imagen 2" descr="Texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="13" name="Picture 13"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="905818357" name="Imagen 2" descr="Texto&#10;&#10;El contenido generado por IA puede ser incorrecto."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4"/>
+                    <a:blip r:embed="rId4" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3028950" cy="876300"/>
+                      <a:ext cx="2735751" cy="1246915"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B003B8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="16CD39E0" w14:textId="2506C24F" w:rsidR="006A7C95" w:rsidRDefault="006A7C95">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
-[...37 lines deleted...]
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="5A31FECB" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
       <w:pPr>
         <w:spacing w:after="7" w:line="237" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
           <w:b/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>I.ERANSKINA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: GRADU AMAIERAKO LANA: IKASLEAREN PROPOSAMENA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:b/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>ANEXO I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: PROPUESTA DE TRABAJO FIN DE GRADO </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="4B08A955" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8926" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="48" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
-          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8926"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A7C95">
+      <w:tr w:rsidR="006A7C95" w14:paraId="24B41A3E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="2654F7D3" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:b/>
               </w:rPr>
               <w:t>IKASLEAREN DATUAK/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:b/>
               </w:rPr>
               <w:t>DATOS DEL ALUMNO/A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A7C95">
+      <w:tr w:rsidR="006A7C95" w14:paraId="5D06152E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="2C5F8608" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
               <w:spacing w:after="121"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>IZEN-ABIZENAK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>/ APELLIDOS Y NOMBRE:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="67A59BA6" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
               <w:spacing w:after="36"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="575118BA" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5D2E8736" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>NAN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>/DNI:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A7C95">
+      <w:tr w:rsidR="006A7C95" w14:paraId="47401CFC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="814"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="4D677B7F" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
               <w:spacing w:after="36"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">TELEFONOA: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="15F9A5A9" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
               <w:spacing w:after="50"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2554F4CD" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>HELBIDE ELEKTRONIKOA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">/CORREO ELECTRÓNICO: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="01A4D873" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8926" w:type="dxa"/>
         <w:tblInd w:w="5" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="38" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
-          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8926"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A7C95">
+      <w:tr w:rsidR="006A7C95" w14:paraId="0E0AE6A2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="2C1072A5" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
-              <w:spacing w:after="0"/>
               <w:ind w:left="6"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:b/>
               </w:rPr>
               <w:t>GRALaren</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> DATUAK</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:b/>
               </w:rPr>
               <w:t>/DATOS DEL TFG</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A7C95">
+      <w:tr w:rsidR="006A7C95" w14:paraId="629C2007" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="533E86CA" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
               <w:spacing w:after="51"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>IKASTURTEA/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>CURSO ACADÉMICO:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="20C5E2D7" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A7C95">
+      <w:tr w:rsidR="006A7C95" w14:paraId="14B6F345" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1A85A927" w14:textId="615131D0" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">PROPOSATUTAKO </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>GRALaren</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> IZENBURUA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -612,240 +558,263 @@
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>bete</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>beharrekoa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00724669">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A7C95">
+      <w:tr w:rsidR="006A7C95" w14:paraId="6B9E9A52" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="499F5716" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
               <w:spacing w:after="51"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>HIZKUNTZA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>/IDIOMA:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+          <w:p w14:paraId="00DCC99A" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:pPr>
               <w:spacing w:after="43"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="312ECDEC" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A7C95" w:rsidTr="00B003B8">
+      <w:tr w:rsidR="006A7C95" w14:paraId="28DF7515" w14:textId="77777777" w:rsidTr="00B003B8">
         <w:trPr>
           <w:trHeight w:val="2147"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8926" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B003B8" w:rsidRPr="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
+          <w:p w14:paraId="3E931AFC" w14:textId="77777777" w:rsidR="00B003B8" w:rsidRPr="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
             <w:pPr>
               <w:spacing w:after="124"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B003B8">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00B003B8">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">IKASLEAREN ARRAZOIAK GAI HORI LANTZEKO: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
+          <w:p w14:paraId="2C7F1A07" w14:textId="77777777" w:rsidR="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
             <w:pPr>
               <w:spacing w:after="40"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>*MOTIVACIÓN DEL/A ALUMNO/A CON RESPECTO AL TEMA PROPUESTO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A7C95" w:rsidRDefault="006A7C95">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="23164846" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="006A7C95"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="006A7C95">
+    <w:p w14:paraId="1F9B5D54" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="006A7C95">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="265829EC" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="242" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>……………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>jaunak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>andreak</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
-        <w:t>,……………………………………..</w:t>
+        <w:t>,…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
+        </w:rPr>
+        <w:t>……………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>irakasgaiaren</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>irakaslea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -871,220 +840,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>Gradu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>Amaierako</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Lanaren </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
+        </w:rPr>
+        <w:t>zuzendari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
-        <w:t>Lanaren</w:t>
+        <w:t>izatea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ONARTZEN DU. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="1F4D0460" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="68AD8ED8" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="235" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
         <w:t>D./</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
         <w:t>Dña</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
         <w:t>………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
-        <w:t>profesor/a de…………………………………… …………………………………..</w:t>
+        <w:t>profesor/a de…………………………………… ……………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:b/>
         </w:rPr>
         <w:t>ACEPTA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la dirección del Trabajo </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Fin de Grado. </w:t>
+        <w:t xml:space="preserve"> la dirección del Trabajo Fin de Grado. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
+    <w:p w14:paraId="654DE89B" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
       <w:pPr>
         <w:spacing w:after="18"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="78E170F9" w14:textId="77777777" w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2832"/>
           <w:tab w:val="center" w:pos="4682"/>
           <w:tab w:val="right" w:pos="8474"/>
         </w:tabs>
         <w:spacing w:after="288"/>
         <w:ind w:left="-15"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sin.; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
           <w:sz w:val="24"/>
@@ -1116,316 +1051,299 @@
         <w:t>Ikaslea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alumno/a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B003B8" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="7BB80B85" w14:textId="77777777" w:rsidR="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00F734B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2832"/>
           <w:tab w:val="center" w:pos="4682"/>
           <w:tab w:val="right" w:pos="8474"/>
         </w:tabs>
-        <w:spacing w:after="288"/>
+        <w:spacing w:after="0"/>
         <w:ind w:left="-15"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B003B8" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="5E9EF250" w14:textId="77777777" w:rsidR="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00F734B6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2832"/>
           <w:tab w:val="center" w:pos="4682"/>
           <w:tab w:val="right" w:pos="8474"/>
         </w:tabs>
-        <w:spacing w:after="288"/>
+        <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="-15"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
+    <w:p w14:paraId="12C2D0CA" w14:textId="77777777" w:rsidR="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="235" w:lineRule="auto"/>
         <w:ind w:left="-5" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
         </w:rPr>
         <w:t>Data/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">Fecha: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
+    <w:p w14:paraId="56D0942C" w14:textId="77777777" w:rsidR="00B003B8" w:rsidRDefault="00B003B8" w:rsidP="00B003B8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2832"/>
           <w:tab w:val="center" w:pos="4682"/>
           <w:tab w:val="right" w:pos="8474"/>
         </w:tabs>
         <w:spacing w:after="288"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A7C95" w:rsidRDefault="00B003B8">
+    <w:p w14:paraId="6846E319" w14:textId="4D0788C8" w:rsidR="006A7C95" w:rsidRDefault="00B003B8" w:rsidP="00D706B4">
       <w:pPr>
         <w:spacing w:after="69"/>
         <w:ind w:left="36" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>EKONOMIA ETA ENPRESA FAKULTATEA/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve"> FACULTAD DE ECONOMIA Y EMPRESA </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> FACULTAD DE ECONOMIA Y EMPRESA (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>Ikastegiko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:eastAsia="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Teknikaria </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">( </w:t>
-[...34 lines deleted...]
-      <w:r>
+        <w:t>- Técnic</w:t>
+      </w:r>
+      <w:r w:rsidR="003A1974">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:sz w:val="14"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Técnico de Centro ) </w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Centro) </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A7C95">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="708" w:right="1731" w:bottom="692" w:left="1702" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EHUSerif">
     <w:panose1 w:val="02000503050000020004"/>
     <w:charset w:val="FF"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000A7" w:usb1="40000042" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EHUSans">
     <w:panose1 w:val="02000503050000020004"/>
     <w:charset w:val="FF"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000A7" w:usb1="40000042" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A7C95"/>
+    <w:rsid w:val="001949BE"/>
+    <w:rsid w:val="003A1974"/>
+    <w:rsid w:val="00456C91"/>
     <w:rsid w:val="006A7C95"/>
+    <w:rsid w:val="00724669"/>
+    <w:rsid w:val="008250C5"/>
     <w:rsid w:val="00B003B8"/>
+    <w:rsid w:val="00D706B4"/>
+    <w:rsid w:val="00E17A3E"/>
+    <w:rsid w:val="00F734B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0797A0B4"/>
+  <w14:docId w14:val="5065DE8F"/>
   <w15:docId w15:val="{B94F5C81-B0FD-4074-8931-FD95EB13BD88}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1753,50 +1671,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -1807,55 +1730,55 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2079,54 +2002,54 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>948</Characters>
+  <Pages>1</Pages>
+  <Words>151</Words>
+  <Characters>835</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UPV/EHU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1118</CharactersWithSpaces>
+  <CharactersWithSpaces>985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BEATRIZ ALONSO</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>