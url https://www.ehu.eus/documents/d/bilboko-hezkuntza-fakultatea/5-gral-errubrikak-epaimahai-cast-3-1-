--- v0 (2026-01-18)
+++ v1 (2026-03-12)
@@ -1,174 +1,174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nahia\OneDrive - UPV EHU\Escritorio\dekanotza berria\GRAL ALDAKETAK\berriak\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nahia\OneDrive - UPV EHU\Escritorio\dekanotza berria\GRAL berriak3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{89525483-2921-45BA-9993-F41B9E5AECAB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{250AE253-065A-4BDB-9BBE-7C7F656CCE4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="8hyxYfu3vH9ymcX/aFMwQSlC2STEOwEdaDZRNglMWjZsLKonL/avaJ1Jsg68ncG6CrAgUmWekNsJJFnCqyMb0g==" workbookSaltValue="FCaskUvRK44y+EjmiRKC4g==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Investigación CAST" sheetId="4" r:id="rId1"/>
     <sheet name="Intervención CAST " sheetId="6" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="N33" i="6" l="1"/>
+  <c r="N14" i="4" l="1"/>
+  <c r="N15" i="4"/>
+  <c r="N16" i="4"/>
+  <c r="Q4" i="4"/>
+  <c r="N33" i="6"/>
   <c r="O33" i="6"/>
   <c r="O52" i="6"/>
   <c r="N5" i="6"/>
   <c r="O5" i="6"/>
   <c r="Q4" i="6"/>
-  <c r="Q4" i="4"/>
+  <c r="N33" i="4"/>
+  <c r="O33" i="4"/>
+  <c r="N37" i="4"/>
+  <c r="O37" i="4"/>
+  <c r="N47" i="4"/>
+  <c r="O47" i="4"/>
+  <c r="N45" i="4"/>
+  <c r="O45" i="4"/>
+  <c r="N43" i="4"/>
+  <c r="O43" i="4"/>
+  <c r="N42" i="4"/>
+  <c r="O42" i="4"/>
+  <c r="N41" i="4"/>
+  <c r="O41" i="4"/>
+  <c r="N38" i="4"/>
+  <c r="O38" i="4"/>
+  <c r="N49" i="4"/>
+  <c r="O49" i="4"/>
+  <c r="N51" i="4"/>
+  <c r="O51" i="4"/>
+  <c r="O52" i="4"/>
+  <c r="N59" i="4"/>
+  <c r="O59" i="4"/>
+  <c r="N60" i="4"/>
+  <c r="O60" i="4"/>
+  <c r="N61" i="4"/>
+  <c r="O61" i="4"/>
+  <c r="N62" i="4"/>
+  <c r="O62" i="4"/>
+  <c r="N63" i="4"/>
+  <c r="O63" i="4"/>
+  <c r="O65" i="4"/>
+  <c r="N5" i="4"/>
+  <c r="O5" i="4"/>
   <c r="N14" i="6"/>
   <c r="N15" i="6"/>
   <c r="N16" i="6"/>
-  <c r="N16" i="4"/>
   <c r="N59" i="6"/>
   <c r="O59" i="6"/>
   <c r="N60" i="6"/>
   <c r="O60" i="6"/>
   <c r="N61" i="6"/>
   <c r="O61" i="6"/>
   <c r="N62" i="6"/>
   <c r="O62" i="6"/>
   <c r="N63" i="6"/>
   <c r="O63" i="6"/>
   <c r="O65" i="6"/>
   <c r="N66" i="6"/>
   <c r="M65" i="6"/>
   <c r="L65" i="6"/>
   <c r="K65" i="6"/>
   <c r="N37" i="6"/>
   <c r="O37" i="6"/>
   <c r="N38" i="6"/>
   <c r="O38" i="6"/>
   <c r="N41" i="6"/>
   <c r="O41" i="6"/>
   <c r="N42" i="6"/>
   <c r="O42" i="6"/>
   <c r="N43" i="6"/>
   <c r="O43" i="6"/>
   <c r="N45" i="6"/>
   <c r="O45" i="6"/>
   <c r="N47" i="6"/>
   <c r="O47" i="6"/>
   <c r="N49" i="6"/>
   <c r="O49" i="6"/>
   <c r="N51" i="6"/>
   <c r="O51" i="6"/>
   <c r="N53" i="6"/>
   <c r="O4" i="6"/>
-  <c r="N33" i="4"/>
-[...14 lines deleted...]
-  <c r="O63" i="4"/>
   <c r="N66" i="4"/>
   <c r="M65" i="4"/>
   <c r="L65" i="4"/>
   <c r="K65" i="4"/>
-  <c r="N37" i="4"/>
-[...16 lines deleted...]
-  <c r="O51" i="4"/>
   <c r="N53" i="4"/>
-  <c r="N15" i="4"/>
-  <c r="N14" i="4"/>
   <c r="O4" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="178">
   <si>
     <t>Azken nota</t>
   </si>
   <si>
     <t xml:space="preserve">Media </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Diskurtso akademikoa (% 7)
 *HH/LH G4 / GH G3</t>
   </si>
   <si>
     <t>x0,50</t>
   </si>
   <si>
     <t>Descriptores y nivel de dominio</t>
   </si>
@@ -1590,423 +1590,423 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="14" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="13" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="16" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="25" fillId="9" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="25" fillId="10" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="25" fillId="8" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...220 lines deleted...]
-    <xf numFmtId="49" fontId="25" fillId="8" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="29" fillId="21" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="18" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="20" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="10" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="11" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="11" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="5" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="8" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="8" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="12" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="12" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="12" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="10" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="9" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <font>
-        <color auto="1"/>
+        <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
-          <bgColor rgb="FF92D050"/>
-[...6 lines deleted...]
-          <bgColor rgb="FFFF0000"/>
+          <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
-        </patternFill>
-[...8 lines deleted...]
-          <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
         </patternFill>
@@ -2326,464 +2326,464 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2436AF5-265B-4014-A879-C16D6D319526}">
   <dimension ref="A2:Q71"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
-      <selection activeCell="C51" sqref="C51:G51"/>
+    <sheetView tabSelected="1" zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
+      <selection activeCell="Q63" sqref="Q63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="16.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.28515625" customWidth="1"/>
     <col min="5" max="5" width="23.5703125" customWidth="1"/>
     <col min="6" max="6" width="5.140625" customWidth="1"/>
     <col min="7" max="7" width="25.85546875" customWidth="1"/>
     <col min="8" max="8" width="25.5703125" customWidth="1"/>
     <col min="9" max="9" width="29" customWidth="1"/>
     <col min="10" max="10" width="16.28515625" customWidth="1"/>
     <col min="11" max="11" width="13" customWidth="1"/>
     <col min="12" max="13" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="13.42578125" customWidth="1"/>
     <col min="17" max="17" width="23.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
       <c r="B2" s="6"/>
-      <c r="C2" s="150" t="s">
+      <c r="C2" s="79" t="s">
         <v>7</v>
       </c>
-      <c r="D2" s="151"/>
-[...1 lines deleted...]
-      <c r="F2" s="151"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+      <c r="F2" s="80"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="6"/>
       <c r="M2" s="6"/>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="Q2" s="6"/>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A3" s="6"/>
       <c r="B3" s="6"/>
-      <c r="C3" s="150"/>
-[...2 lines deleted...]
-      <c r="F3" s="151"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="80"/>
+      <c r="E3" s="80"/>
+      <c r="F3" s="80"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
     </row>
     <row r="4" spans="1:17" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7"/>
       <c r="B4" s="7"/>
       <c r="C4" s="65" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="8"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
-      <c r="K4" s="157" t="s">
+      <c r="K4" s="88" t="s">
         <v>21</v>
       </c>
-      <c r="L4" s="157"/>
-      <c r="M4" s="157"/>
+      <c r="L4" s="88"/>
+      <c r="M4" s="88"/>
       <c r="N4" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="O4" s="10">
         <f>(5/10)*N4</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="P4" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="Q4" s="164" t="str">
-        <f>IF(ISBLANK(K24),"RELLENAR TRABAJO ACADÉMICO",IF(ISBLANK(K22),"RELLENAR ÉTICA",IF(ISBLANK(K23),"RELLENAR ÉTICA",IF(N16&lt;5,0,IF(K22="NO",0,IF(K23="SÍ",0,O4+O5))))))</f>
+      <c r="Q4" s="73" t="str">
+        <f>IF(ISBLANK(K24),"RELLENAR TRABAJO ACADÉMICO",IF(ISBLANK(K22),"RELLENAR ÉTICA",IF(ISBLANK(K23),"RELLENAR ÉTICA",IF(N16&lt;5,0,IF(K24="NO",0,IF(K22="NO",0,IF(K23="SÍ",0,O4+O5)))))))</f>
         <v>RELLENAR TRABAJO ACADÉMICO</v>
       </c>
     </row>
     <row r="5" spans="1:17" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A5" s="7"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="12"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
-      <c r="K5" s="157" t="s">
+      <c r="K5" s="88" t="s">
         <v>22</v>
       </c>
-      <c r="L5" s="157"/>
-      <c r="M5" s="157"/>
+      <c r="L5" s="88"/>
+      <c r="M5" s="88"/>
       <c r="N5" s="13">
         <f>(O52+O65)/5</f>
         <v>0</v>
       </c>
       <c r="O5" s="14">
         <f>(5/10)*N5</f>
         <v>0</v>
       </c>
       <c r="P5" s="15"/>
       <c r="Q5" s="15"/>
     </row>
     <row r="6" spans="1:17" ht="22.5" x14ac:dyDescent="0.3">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="16" t="s">
         <v>135</v>
       </c>
-      <c r="D6" s="152"/>
-      <c r="E6" s="153"/>
+      <c r="D6" s="81"/>
+      <c r="E6" s="82"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
-      <c r="K6" s="158" t="s">
+      <c r="K6" s="89" t="s">
         <v>23</v>
       </c>
-      <c r="L6" s="158"/>
-[...3 lines deleted...]
-      <c r="P6" s="158"/>
+      <c r="L6" s="89"/>
+      <c r="M6" s="89"/>
+      <c r="N6" s="89"/>
+      <c r="O6" s="89"/>
+      <c r="P6" s="89"/>
       <c r="Q6" s="4"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="7"/>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="Q7" s="7"/>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A8" s="7"/>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
-      <c r="E8" s="149"/>
-      <c r="F8" s="149"/>
+      <c r="E8" s="78"/>
+      <c r="F8" s="78"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
     </row>
     <row r="9" spans="1:17" s="18" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="154" t="s">
+      <c r="A9" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="154"/>
-[...14 lines deleted...]
-      <c r="Q9" s="154"/>
+      <c r="B9" s="83"/>
+      <c r="C9" s="83"/>
+      <c r="D9" s="83"/>
+      <c r="E9" s="83"/>
+      <c r="F9" s="83"/>
+      <c r="G9" s="83"/>
+      <c r="H9" s="83"/>
+      <c r="I9" s="83"/>
+      <c r="J9" s="83"/>
+      <c r="K9" s="83"/>
+      <c r="L9" s="83"/>
+      <c r="M9" s="83"/>
+      <c r="N9" s="83"/>
+      <c r="O9" s="83"/>
+      <c r="P9" s="83"/>
+      <c r="Q9" s="83"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A10" s="7"/>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
     </row>
     <row r="11" spans="1:17" s="21" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="19"/>
       <c r="B11" s="20" t="s">
         <v>136</v>
       </c>
       <c r="C11" s="19"/>
-      <c r="E11" s="155"/>
-      <c r="F11" s="155"/>
+      <c r="E11" s="84"/>
+      <c r="F11" s="84"/>
       <c r="G11" s="19"/>
       <c r="H11" s="19"/>
       <c r="I11" s="19"/>
       <c r="J11" s="19"/>
       <c r="K11" s="19"/>
       <c r="L11" s="19"/>
       <c r="M11" s="19"/>
       <c r="N11" s="19"/>
       <c r="O11" s="19"/>
       <c r="P11" s="19"/>
       <c r="Q11" s="19"/>
     </row>
     <row r="12" spans="1:17" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="7"/>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
-      <c r="E12" s="149"/>
-[...1 lines deleted...]
-      <c r="G12" s="156" t="s">
+      <c r="E12" s="78"/>
+      <c r="F12" s="78"/>
+      <c r="G12" s="85" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="156"/>
-      <c r="I12" s="156"/>
+      <c r="H12" s="85"/>
+      <c r="I12" s="85"/>
       <c r="J12" s="7"/>
-      <c r="K12" s="92" t="s">
+      <c r="K12" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="L12" s="93"/>
-[...1 lines deleted...]
-      <c r="N12" s="93"/>
+      <c r="L12" s="87"/>
+      <c r="M12" s="87"/>
+      <c r="N12" s="87"/>
       <c r="O12" s="22"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
     </row>
     <row r="13" spans="1:17" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7"/>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
-      <c r="E13" s="145" t="s">
+      <c r="E13" s="74" t="s">
         <v>6</v>
       </c>
-      <c r="F13" s="146"/>
+      <c r="F13" s="75"/>
       <c r="G13" s="23" t="s">
         <v>9</v>
       </c>
       <c r="H13" s="24" t="s">
         <v>10</v>
       </c>
       <c r="I13" s="25" t="s">
         <v>11</v>
       </c>
       <c r="J13" s="12"/>
       <c r="K13" s="26" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="26" t="s">
         <v>26</v>
       </c>
       <c r="M13" s="26" t="s">
         <v>24</v>
       </c>
       <c r="N13" s="27" t="s">
         <v>1</v>
       </c>
       <c r="O13" s="28"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
     </row>
     <row r="14" spans="1:17" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7"/>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
-      <c r="E14" s="147" t="s">
+      <c r="E14" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="F14" s="148"/>
+      <c r="F14" s="77"/>
       <c r="G14" s="29" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="29" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="29" t="s">
         <v>18</v>
       </c>
       <c r="J14" s="12" t="s">
         <v>2</v>
       </c>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="30">
         <f t="shared" ref="N14:N15" si="0">SUM(K14:M14)/3</f>
         <v>0</v>
       </c>
       <c r="O14" s="31"/>
       <c r="P14" s="7"/>
       <c r="Q14" s="7"/>
     </row>
     <row r="15" spans="1:17" ht="93" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7"/>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="5"/>
-      <c r="E15" s="147" t="s">
+      <c r="E15" s="76" t="s">
         <v>13</v>
       </c>
-      <c r="F15" s="148"/>
+      <c r="F15" s="77"/>
       <c r="G15" s="29" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="29" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="29" t="s">
         <v>19</v>
       </c>
       <c r="J15" s="12" t="s">
         <v>2</v>
       </c>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O15" s="31"/>
       <c r="P15" s="7"/>
       <c r="Q15" s="7"/>
     </row>
     <row r="16" spans="1:17" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="7"/>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
-      <c r="E16" s="149"/>
-      <c r="F16" s="149"/>
+      <c r="E16" s="78"/>
+      <c r="F16" s="78"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="7"/>
       <c r="M16" s="7"/>
       <c r="N16" s="32">
         <f>(N14+N15)/2</f>
         <v>0</v>
       </c>
       <c r="O16" s="33"/>
       <c r="P16" s="7"/>
       <c r="Q16" s="7"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" s="7"/>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
-      <c r="E17" s="149"/>
-      <c r="F17" s="149"/>
+      <c r="E17" s="78"/>
+      <c r="F17" s="78"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="34" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="7"/>
       <c r="M17" s="7"/>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
       <c r="P17" s="7"/>
       <c r="Q17" s="7"/>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" s="7"/>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
-      <c r="E18" s="149"/>
-      <c r="F18" s="149"/>
+      <c r="E18" s="78"/>
+      <c r="F18" s="78"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="7"/>
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
     </row>
     <row r="19" spans="1:17" s="21" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A19" s="19"/>
       <c r="B19" s="35" t="s">
         <v>138</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
       <c r="I19" s="19"/>
       <c r="J19" s="19"/>
@@ -2821,111 +2821,111 @@
       <c r="D21" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E21" s="7"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="7"/>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="17" t="s">
         <v>32</v>
       </c>
       <c r="L21" s="17" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="36"/>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
       <c r="P21" s="7"/>
       <c r="Q21" s="7"/>
     </row>
     <row r="22" spans="1:17" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A22" s="7"/>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
-      <c r="D22" s="131" t="s">
+      <c r="D22" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="E22" s="132"/>
-[...7 lines deleted...]
-      <c r="M22" s="136" t="s">
+      <c r="E22" s="105"/>
+      <c r="F22" s="105"/>
+      <c r="G22" s="105"/>
+      <c r="H22" s="105"/>
+      <c r="I22" s="105"/>
+      <c r="J22" s="106"/>
+      <c r="K22" s="107"/>
+      <c r="L22" s="108"/>
+      <c r="M22" s="109" t="s">
         <v>30</v>
       </c>
-      <c r="N22" s="137"/>
+      <c r="N22" s="110"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="7"/>
     </row>
     <row r="23" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="7"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
-      <c r="D23" s="138" t="s">
+      <c r="D23" s="111" t="s">
         <v>34</v>
       </c>
-      <c r="E23" s="139"/>
-[...7 lines deleted...]
-      <c r="M23" s="136" t="s">
+      <c r="E23" s="112"/>
+      <c r="F23" s="112"/>
+      <c r="G23" s="112"/>
+      <c r="H23" s="112"/>
+      <c r="I23" s="112"/>
+      <c r="J23" s="113"/>
+      <c r="K23" s="114"/>
+      <c r="L23" s="115"/>
+      <c r="M23" s="109" t="s">
         <v>30</v>
       </c>
-      <c r="N23" s="137"/>
+      <c r="N23" s="110"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
       <c r="Q23" s="7"/>
     </row>
     <row r="24" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="7"/>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
-      <c r="D24" s="138" t="s">
+      <c r="D24" s="111" t="s">
         <v>173</v>
       </c>
-      <c r="E24" s="139"/>
-[...7 lines deleted...]
-      <c r="M24" s="136" t="s">
+      <c r="E24" s="112"/>
+      <c r="F24" s="112"/>
+      <c r="G24" s="112"/>
+      <c r="H24" s="112"/>
+      <c r="I24" s="112"/>
+      <c r="J24" s="113"/>
+      <c r="K24" s="107"/>
+      <c r="L24" s="108"/>
+      <c r="M24" s="109" t="s">
         <v>30</v>
       </c>
-      <c r="N24" s="137"/>
+      <c r="N24" s="110"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
       <c r="Q24" s="7"/>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A25" s="7"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="34" t="s">
         <v>29</v>
       </c>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
     </row>
@@ -2968,683 +2968,683 @@
       <c r="O27" s="37"/>
       <c r="P27" s="37"/>
       <c r="Q27" s="37"/>
     </row>
     <row r="28" spans="1:17" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="7"/>
       <c r="M28" s="7"/>
       <c r="N28" s="7"/>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
       <c r="Q28" s="7"/>
     </row>
     <row r="29" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="7"/>
-      <c r="B29" s="123" t="s">
+      <c r="B29" s="90" t="s">
         <v>35</v>
       </c>
-      <c r="C29" s="124"/>
-[...5 lines deleted...]
-      <c r="I29" s="125"/>
+      <c r="C29" s="91"/>
+      <c r="D29" s="91"/>
+      <c r="E29" s="91"/>
+      <c r="F29" s="91"/>
+      <c r="G29" s="91"/>
+      <c r="H29" s="91"/>
+      <c r="I29" s="92"/>
       <c r="J29" s="7"/>
       <c r="K29" s="39"/>
       <c r="L29" s="39"/>
       <c r="M29" s="39"/>
       <c r="N29" s="39"/>
       <c r="O29" s="39"/>
       <c r="P29" s="7"/>
       <c r="Q29" s="7"/>
     </row>
     <row r="30" spans="1:17" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="7"/>
-      <c r="B30" s="101" t="s">
+      <c r="B30" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="C30" s="101" t="s">
+      <c r="C30" s="93" t="s">
         <v>37</v>
       </c>
-      <c r="D30" s="126" t="s">
+      <c r="D30" s="96" t="s">
         <v>5</v>
       </c>
-      <c r="E30" s="108"/>
-[...3 lines deleted...]
-      <c r="I30" s="109"/>
+      <c r="E30" s="97"/>
+      <c r="F30" s="97"/>
+      <c r="G30" s="97"/>
+      <c r="H30" s="97"/>
+      <c r="I30" s="98"/>
       <c r="J30" s="7"/>
       <c r="K30" s="39"/>
       <c r="L30" s="39"/>
       <c r="M30" s="39"/>
       <c r="N30" s="39"/>
       <c r="O30" s="39"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
     </row>
     <row r="31" spans="1:17" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
-      <c r="B31" s="102"/>
-[...1 lines deleted...]
-      <c r="D31" s="127" t="s">
+      <c r="B31" s="94"/>
+      <c r="C31" s="94"/>
+      <c r="D31" s="99" t="s">
         <v>38</v>
       </c>
-      <c r="E31" s="128"/>
-      <c r="F31" s="129"/>
+      <c r="E31" s="100"/>
+      <c r="F31" s="101"/>
       <c r="G31" s="40" t="s">
         <v>39</v>
       </c>
-      <c r="H31" s="130" t="s">
+      <c r="H31" s="102" t="s">
         <v>40</v>
       </c>
-      <c r="I31" s="113"/>
+      <c r="I31" s="103"/>
       <c r="J31" s="7"/>
-      <c r="K31" s="92" t="s">
+      <c r="K31" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="L31" s="93"/>
-[...1 lines deleted...]
-      <c r="N31" s="93"/>
+      <c r="L31" s="87"/>
+      <c r="M31" s="87"/>
+      <c r="N31" s="87"/>
       <c r="O31" s="41"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
     </row>
     <row r="32" spans="1:17" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
-      <c r="B32" s="103"/>
-      <c r="C32" s="103"/>
+      <c r="B32" s="95"/>
+      <c r="C32" s="95"/>
       <c r="D32" s="42" t="s">
         <v>162</v>
       </c>
-      <c r="E32" s="143" t="s">
+      <c r="E32" s="116" t="s">
         <v>163</v>
       </c>
-      <c r="F32" s="144"/>
+      <c r="F32" s="117"/>
       <c r="G32" s="68" t="s">
         <v>164</v>
       </c>
       <c r="H32" s="69" t="s">
         <v>165</v>
       </c>
       <c r="I32" s="69" t="s">
         <v>166</v>
       </c>
       <c r="J32" s="43"/>
       <c r="K32" s="26" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="26" t="s">
         <v>26</v>
       </c>
       <c r="M32" s="26" t="s">
         <v>24</v>
       </c>
       <c r="N32" s="27" t="s">
         <v>1</v>
       </c>
       <c r="O32" s="44" t="s">
         <v>99</v>
       </c>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
     </row>
     <row r="33" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="7"/>
-      <c r="B33" s="80" t="s">
+      <c r="B33" s="118" t="s">
         <v>41</v>
       </c>
-      <c r="C33" s="86" t="s">
+      <c r="C33" s="121" t="s">
         <v>42</v>
       </c>
-      <c r="D33" s="80" t="s">
+      <c r="D33" s="118" t="s">
         <v>44</v>
       </c>
-      <c r="E33" s="88" t="s">
+      <c r="E33" s="124" t="s">
         <v>46</v>
       </c>
-      <c r="F33" s="89"/>
-      <c r="G33" s="80" t="s">
+      <c r="F33" s="125"/>
+      <c r="G33" s="118" t="s">
         <v>48</v>
       </c>
-      <c r="H33" s="80" t="s">
+      <c r="H33" s="118" t="s">
         <v>50</v>
       </c>
-      <c r="I33" s="80" t="s">
+      <c r="I33" s="118" t="s">
         <v>52</v>
       </c>
       <c r="J33" s="7"/>
-      <c r="K33" s="122"/>
-[...2 lines deleted...]
-      <c r="N33" s="84">
+      <c r="K33" s="130"/>
+      <c r="L33" s="130"/>
+      <c r="M33" s="131"/>
+      <c r="N33" s="133">
         <f t="shared" ref="N33" si="1">SUM(K33:M33)/3</f>
         <v>0</v>
       </c>
-      <c r="O33" s="84">
+      <c r="O33" s="133">
         <f>N33*3/10</f>
         <v>0</v>
       </c>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
     </row>
     <row r="34" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="7"/>
-      <c r="B34" s="95"/>
-[...6 lines deleted...]
-      <c r="I34" s="95"/>
+      <c r="B34" s="119"/>
+      <c r="C34" s="122"/>
+      <c r="D34" s="119"/>
+      <c r="E34" s="126"/>
+      <c r="F34" s="127"/>
+      <c r="G34" s="119"/>
+      <c r="H34" s="119"/>
+      <c r="I34" s="119"/>
       <c r="J34" s="7"/>
-      <c r="K34" s="116"/>
-[...3 lines deleted...]
-      <c r="O34" s="117"/>
+      <c r="K34" s="131"/>
+      <c r="L34" s="131"/>
+      <c r="M34" s="131"/>
+      <c r="N34" s="134"/>
+      <c r="O34" s="134"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
     </row>
     <row r="35" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="7"/>
-      <c r="B35" s="95"/>
-[...6 lines deleted...]
-      <c r="I35" s="95"/>
+      <c r="B35" s="119"/>
+      <c r="C35" s="122"/>
+      <c r="D35" s="119"/>
+      <c r="E35" s="126"/>
+      <c r="F35" s="127"/>
+      <c r="G35" s="119"/>
+      <c r="H35" s="119"/>
+      <c r="I35" s="119"/>
       <c r="J35" s="7"/>
-      <c r="K35" s="116"/>
-[...3 lines deleted...]
-      <c r="O35" s="117"/>
+      <c r="K35" s="131"/>
+      <c r="L35" s="131"/>
+      <c r="M35" s="131"/>
+      <c r="N35" s="134"/>
+      <c r="O35" s="134"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
     </row>
     <row r="36" spans="1:17" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
-      <c r="B36" s="95"/>
-[...6 lines deleted...]
-      <c r="I36" s="81"/>
+      <c r="B36" s="119"/>
+      <c r="C36" s="123"/>
+      <c r="D36" s="120"/>
+      <c r="E36" s="128"/>
+      <c r="F36" s="129"/>
+      <c r="G36" s="120"/>
+      <c r="H36" s="120"/>
+      <c r="I36" s="120"/>
       <c r="J36" s="7"/>
-      <c r="K36" s="83"/>
-[...3 lines deleted...]
-      <c r="O36" s="85"/>
+      <c r="K36" s="132"/>
+      <c r="L36" s="132"/>
+      <c r="M36" s="132"/>
+      <c r="N36" s="135"/>
+      <c r="O36" s="135"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
     </row>
     <row r="37" spans="1:17" ht="132.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="7"/>
-      <c r="B37" s="81"/>
+      <c r="B37" s="120"/>
       <c r="C37" s="46" t="s">
         <v>43</v>
       </c>
       <c r="D37" s="45" t="s">
         <v>45</v>
       </c>
-      <c r="E37" s="96" t="s">
+      <c r="E37" s="136" t="s">
         <v>47</v>
       </c>
-      <c r="F37" s="97"/>
+      <c r="F37" s="137"/>
       <c r="G37" s="45" t="s">
         <v>49</v>
       </c>
       <c r="H37" s="45" t="s">
         <v>51</v>
       </c>
       <c r="I37" s="45" t="s">
         <v>53</v>
       </c>
       <c r="J37" s="7"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="47">
         <f t="shared" ref="N37:N45" si="2">SUM(K37:M37)/3</f>
         <v>0</v>
       </c>
       <c r="O37" s="48">
         <f>N37*3/10</f>
         <v>0</v>
       </c>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
     </row>
     <row r="38" spans="1:17" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="7"/>
-      <c r="B38" s="80" t="s">
+      <c r="B38" s="118" t="s">
         <v>54</v>
       </c>
-      <c r="C38" s="86" t="s">
+      <c r="C38" s="121" t="s">
         <v>55</v>
       </c>
-      <c r="D38" s="80" t="s">
+      <c r="D38" s="118" t="s">
         <v>63</v>
       </c>
-      <c r="E38" s="88" t="s">
+      <c r="E38" s="124" t="s">
         <v>59</v>
       </c>
-      <c r="F38" s="89"/>
-      <c r="G38" s="80" t="s">
+      <c r="F38" s="125"/>
+      <c r="G38" s="118" t="s">
         <v>60</v>
       </c>
-      <c r="H38" s="80" t="s">
+      <c r="H38" s="118" t="s">
         <v>61</v>
       </c>
-      <c r="I38" s="80" t="s">
+      <c r="I38" s="118" t="s">
         <v>62</v>
       </c>
       <c r="J38" s="7"/>
-      <c r="K38" s="82"/>
-[...2 lines deleted...]
-      <c r="N38" s="84">
+      <c r="K38" s="139"/>
+      <c r="L38" s="139"/>
+      <c r="M38" s="139"/>
+      <c r="N38" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="O38" s="84">
+      <c r="O38" s="133">
         <f>N38*3/10</f>
         <v>0</v>
       </c>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
     </row>
     <row r="39" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="7"/>
-      <c r="B39" s="95"/>
-[...6 lines deleted...]
-      <c r="I39" s="95"/>
+      <c r="B39" s="119"/>
+      <c r="C39" s="122"/>
+      <c r="D39" s="119"/>
+      <c r="E39" s="126"/>
+      <c r="F39" s="127"/>
+      <c r="G39" s="119"/>
+      <c r="H39" s="119"/>
+      <c r="I39" s="119"/>
       <c r="J39" s="7"/>
-      <c r="K39" s="116"/>
-[...3 lines deleted...]
-      <c r="O39" s="117"/>
+      <c r="K39" s="131"/>
+      <c r="L39" s="131"/>
+      <c r="M39" s="131"/>
+      <c r="N39" s="134"/>
+      <c r="O39" s="134"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
     </row>
     <row r="40" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7"/>
-      <c r="B40" s="95"/>
-[...6 lines deleted...]
-      <c r="I40" s="81"/>
+      <c r="B40" s="119"/>
+      <c r="C40" s="123"/>
+      <c r="D40" s="120"/>
+      <c r="E40" s="128"/>
+      <c r="F40" s="129"/>
+      <c r="G40" s="120"/>
+      <c r="H40" s="120"/>
+      <c r="I40" s="120"/>
       <c r="J40" s="7"/>
-      <c r="K40" s="83"/>
-[...3 lines deleted...]
-      <c r="O40" s="85"/>
+      <c r="K40" s="132"/>
+      <c r="L40" s="132"/>
+      <c r="M40" s="132"/>
+      <c r="N40" s="135"/>
+      <c r="O40" s="135"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
     </row>
     <row r="41" spans="1:17" ht="90.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7"/>
-      <c r="B41" s="95"/>
+      <c r="B41" s="119"/>
       <c r="C41" s="46" t="s">
         <v>56</v>
       </c>
       <c r="D41" s="45" t="s">
         <v>64</v>
       </c>
-      <c r="E41" s="96" t="s">
+      <c r="E41" s="136" t="s">
         <v>65</v>
       </c>
-      <c r="F41" s="97"/>
+      <c r="F41" s="137"/>
       <c r="G41" s="45" t="s">
         <v>66</v>
       </c>
       <c r="H41" s="45" t="s">
         <v>67</v>
       </c>
       <c r="I41" s="45" t="s">
         <v>68</v>
       </c>
       <c r="J41" s="7"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
       <c r="M41" s="2"/>
       <c r="N41" s="47">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O41" s="48">
         <f>N41*3/10</f>
         <v>0</v>
       </c>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
     </row>
     <row r="42" spans="1:17" ht="81.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="7"/>
-      <c r="B42" s="95"/>
+      <c r="B42" s="119"/>
       <c r="C42" s="46" t="s">
         <v>57</v>
       </c>
       <c r="D42" s="45" t="s">
         <v>69</v>
       </c>
-      <c r="E42" s="96" t="s">
+      <c r="E42" s="136" t="s">
         <v>70</v>
       </c>
-      <c r="F42" s="97"/>
+      <c r="F42" s="137"/>
       <c r="G42" s="45" t="s">
         <v>71</v>
       </c>
       <c r="H42" s="45" t="s">
         <v>72</v>
       </c>
       <c r="I42" s="45" t="s">
         <v>73</v>
       </c>
       <c r="J42" s="7"/>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
       <c r="M42" s="2"/>
       <c r="N42" s="47">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O42" s="48">
         <f>N42*3/10</f>
         <v>0</v>
       </c>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
     </row>
     <row r="43" spans="1:17" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7"/>
-      <c r="B43" s="95"/>
-      <c r="C43" s="86" t="s">
+      <c r="B43" s="119"/>
+      <c r="C43" s="121" t="s">
         <v>58</v>
       </c>
-      <c r="D43" s="80" t="s">
+      <c r="D43" s="118" t="s">
         <v>74</v>
       </c>
-      <c r="E43" s="88" t="s">
+      <c r="E43" s="124" t="s">
         <v>75</v>
       </c>
-      <c r="F43" s="89"/>
-      <c r="G43" s="80" t="s">
+      <c r="F43" s="125"/>
+      <c r="G43" s="118" t="s">
         <v>76</v>
       </c>
-      <c r="H43" s="80" t="s">
+      <c r="H43" s="118" t="s">
         <v>77</v>
       </c>
-      <c r="I43" s="80" t="s">
+      <c r="I43" s="118" t="s">
         <v>78</v>
       </c>
       <c r="J43" s="7"/>
-      <c r="K43" s="82"/>
-[...2 lines deleted...]
-      <c r="N43" s="84">
+      <c r="K43" s="139"/>
+      <c r="L43" s="139"/>
+      <c r="M43" s="139"/>
+      <c r="N43" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="O43" s="84">
+      <c r="O43" s="133">
         <f>N43*3/10</f>
         <v>0</v>
       </c>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
     </row>
     <row r="44" spans="1:17" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="7"/>
-      <c r="B44" s="95"/>
-[...6 lines deleted...]
-      <c r="I44" s="95"/>
+      <c r="B44" s="119"/>
+      <c r="C44" s="138"/>
+      <c r="D44" s="119"/>
+      <c r="E44" s="126"/>
+      <c r="F44" s="127"/>
+      <c r="G44" s="119"/>
+      <c r="H44" s="119"/>
+      <c r="I44" s="119"/>
       <c r="J44" s="7"/>
-      <c r="K44" s="83"/>
-[...3 lines deleted...]
-      <c r="O44" s="85"/>
+      <c r="K44" s="132"/>
+      <c r="L44" s="132"/>
+      <c r="M44" s="132"/>
+      <c r="N44" s="135"/>
+      <c r="O44" s="135"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
     </row>
     <row r="45" spans="1:17" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="7"/>
-      <c r="B45" s="98" t="s">
+      <c r="B45" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="C45" s="114" t="s">
+      <c r="C45" s="150" t="s">
         <v>79</v>
       </c>
-      <c r="D45" s="98" t="s">
+      <c r="D45" s="140" t="s">
         <v>80</v>
       </c>
-      <c r="E45" s="98" t="s">
+      <c r="E45" s="140" t="s">
         <v>81</v>
       </c>
-      <c r="F45" s="98"/>
-      <c r="G45" s="98" t="s">
+      <c r="F45" s="140"/>
+      <c r="G45" s="140" t="s">
         <v>82</v>
       </c>
-      <c r="H45" s="98" t="s">
+      <c r="H45" s="140" t="s">
         <v>83</v>
       </c>
-      <c r="I45" s="98" t="s">
+      <c r="I45" s="140" t="s">
         <v>84</v>
       </c>
       <c r="J45" s="7"/>
-      <c r="K45" s="82"/>
-[...2 lines deleted...]
-      <c r="N45" s="84">
+      <c r="K45" s="139"/>
+      <c r="L45" s="139"/>
+      <c r="M45" s="139"/>
+      <c r="N45" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="O45" s="84">
+      <c r="O45" s="133">
         <f>N45*1/10</f>
         <v>0</v>
       </c>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
     </row>
     <row r="46" spans="1:17" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="7"/>
-      <c r="B46" s="98"/>
-[...6 lines deleted...]
-      <c r="I46" s="98"/>
+      <c r="B46" s="140"/>
+      <c r="C46" s="151"/>
+      <c r="D46" s="140"/>
+      <c r="E46" s="140"/>
+      <c r="F46" s="140"/>
+      <c r="G46" s="140"/>
+      <c r="H46" s="140"/>
+      <c r="I46" s="140"/>
       <c r="J46" s="7"/>
-      <c r="K46" s="83"/>
-[...3 lines deleted...]
-      <c r="O46" s="85"/>
+      <c r="K46" s="132"/>
+      <c r="L46" s="132"/>
+      <c r="M46" s="132"/>
+      <c r="N46" s="135"/>
+      <c r="O46" s="135"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
     </row>
     <row r="47" spans="1:17" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="7"/>
-      <c r="B47" s="98"/>
-      <c r="C47" s="114" t="s">
+      <c r="B47" s="140"/>
+      <c r="C47" s="150" t="s">
         <v>85</v>
       </c>
-      <c r="D47" s="98" t="s">
+      <c r="D47" s="140" t="s">
         <v>86</v>
       </c>
-      <c r="E47" s="98" t="s">
+      <c r="E47" s="140" t="s">
         <v>87</v>
       </c>
-      <c r="F47" s="98"/>
-      <c r="G47" s="98" t="s">
+      <c r="F47" s="140"/>
+      <c r="G47" s="140" t="s">
         <v>88</v>
       </c>
-      <c r="H47" s="98" t="s">
+      <c r="H47" s="140" t="s">
         <v>89</v>
       </c>
-      <c r="I47" s="98" t="s">
+      <c r="I47" s="140" t="s">
         <v>90</v>
       </c>
       <c r="J47" s="7"/>
-      <c r="K47" s="82"/>
-[...2 lines deleted...]
-      <c r="N47" s="84">
+      <c r="K47" s="139"/>
+      <c r="L47" s="139"/>
+      <c r="M47" s="139"/>
+      <c r="N47" s="133">
         <f t="shared" ref="N47:N49" si="3">SUM(K47:M47)/3</f>
         <v>0</v>
       </c>
-      <c r="O47" s="84">
+      <c r="O47" s="133">
         <f>N47*1/10</f>
         <v>0</v>
       </c>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
     </row>
     <row r="48" spans="1:17" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="7"/>
-      <c r="B48" s="98"/>
-[...6 lines deleted...]
-      <c r="I48" s="98"/>
+      <c r="B48" s="140"/>
+      <c r="C48" s="151"/>
+      <c r="D48" s="140"/>
+      <c r="E48" s="140"/>
+      <c r="F48" s="140"/>
+      <c r="G48" s="140"/>
+      <c r="H48" s="140"/>
+      <c r="I48" s="140"/>
       <c r="J48" s="7"/>
-      <c r="K48" s="83"/>
-[...3 lines deleted...]
-      <c r="O48" s="85"/>
+      <c r="K48" s="132"/>
+      <c r="L48" s="132"/>
+      <c r="M48" s="132"/>
+      <c r="N48" s="135"/>
+      <c r="O48" s="135"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
     </row>
     <row r="49" spans="1:17" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="7"/>
-      <c r="B49" s="98"/>
-      <c r="C49" s="114" t="s">
+      <c r="B49" s="140"/>
+      <c r="C49" s="150" t="s">
         <v>91</v>
       </c>
-      <c r="D49" s="98" t="s">
+      <c r="D49" s="140" t="s">
         <v>92</v>
       </c>
-      <c r="E49" s="98" t="s">
+      <c r="E49" s="140" t="s">
         <v>93</v>
       </c>
-      <c r="F49" s="98"/>
-      <c r="G49" s="98" t="s">
+      <c r="F49" s="140"/>
+      <c r="G49" s="140" t="s">
         <v>94</v>
       </c>
-      <c r="H49" s="98" t="s">
+      <c r="H49" s="140" t="s">
         <v>95</v>
       </c>
-      <c r="I49" s="98" t="s">
+      <c r="I49" s="140" t="s">
         <v>96</v>
       </c>
       <c r="J49" s="7"/>
-      <c r="K49" s="82"/>
-[...2 lines deleted...]
-      <c r="N49" s="84">
+      <c r="K49" s="139"/>
+      <c r="L49" s="139"/>
+      <c r="M49" s="139"/>
+      <c r="N49" s="133">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="O49" s="84">
+      <c r="O49" s="133">
         <f>N49*1/10</f>
         <v>0</v>
       </c>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
     </row>
     <row r="50" spans="1:17" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="7"/>
-      <c r="B50" s="98"/>
-[...6 lines deleted...]
-      <c r="I50" s="98"/>
+      <c r="B50" s="140"/>
+      <c r="C50" s="151"/>
+      <c r="D50" s="140"/>
+      <c r="E50" s="140"/>
+      <c r="F50" s="140"/>
+      <c r="G50" s="140"/>
+      <c r="H50" s="140"/>
+      <c r="I50" s="140"/>
       <c r="J50" s="7"/>
-      <c r="K50" s="116"/>
-[...3 lines deleted...]
-      <c r="O50" s="117"/>
+      <c r="K50" s="131"/>
+      <c r="L50" s="131"/>
+      <c r="M50" s="131"/>
+      <c r="N50" s="134"/>
+      <c r="O50" s="134"/>
       <c r="P50" s="7"/>
       <c r="Q50" s="7"/>
     </row>
     <row r="51" spans="1:17" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="7"/>
-      <c r="B51" s="98"/>
+      <c r="B51" s="140"/>
       <c r="C51" s="49" t="s">
         <v>174</v>
       </c>
       <c r="D51" s="29" t="s">
         <v>175</v>
       </c>
-      <c r="E51" s="98" t="s">
+      <c r="E51" s="140" t="s">
         <v>177</v>
       </c>
-      <c r="F51" s="98"/>
+      <c r="F51" s="140"/>
       <c r="G51" s="29" t="s">
         <v>176</v>
       </c>
       <c r="H51" s="29" t="s">
         <v>97</v>
       </c>
       <c r="I51" s="29" t="s">
         <v>98</v>
       </c>
       <c r="J51" s="7"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="50">
         <f t="shared" ref="N51" si="4">SUM(K51:M51)/3</f>
         <v>0</v>
       </c>
       <c r="O51" s="50">
         <f>N51*4/10</f>
         <v>0</v>
       </c>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
     </row>
     <row r="52" spans="1:17" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
@@ -3694,365 +3694,365 @@
       <c r="O53" s="59"/>
       <c r="P53" s="7"/>
       <c r="Q53" s="7"/>
     </row>
     <row r="54" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="7"/>
       <c r="B54" s="51"/>
       <c r="C54" s="52"/>
       <c r="D54" s="53"/>
       <c r="E54" s="53"/>
       <c r="F54" s="53"/>
       <c r="G54" s="53"/>
       <c r="H54" s="53"/>
       <c r="I54" s="53"/>
       <c r="J54" s="7"/>
       <c r="K54" s="39"/>
       <c r="L54" s="39"/>
       <c r="M54" s="60"/>
       <c r="N54" s="61"/>
       <c r="O54" s="59"/>
       <c r="P54" s="7"/>
       <c r="Q54" s="7"/>
     </row>
     <row r="55" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="7"/>
-      <c r="B55" s="99" t="s">
+      <c r="B55" s="141" t="s">
         <v>100</v>
       </c>
-      <c r="C55" s="100"/>
-[...5 lines deleted...]
-      <c r="I55" s="100"/>
+      <c r="C55" s="142"/>
+      <c r="D55" s="142"/>
+      <c r="E55" s="142"/>
+      <c r="F55" s="142"/>
+      <c r="G55" s="142"/>
+      <c r="H55" s="142"/>
+      <c r="I55" s="142"/>
       <c r="J55" s="7"/>
       <c r="K55" s="39"/>
       <c r="L55" s="39"/>
       <c r="M55" s="39"/>
       <c r="N55" s="39"/>
       <c r="O55" s="39"/>
       <c r="P55" s="7"/>
       <c r="Q55" s="7"/>
     </row>
     <row r="56" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="7"/>
-      <c r="B56" s="101" t="s">
+      <c r="B56" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="C56" s="101" t="s">
+      <c r="C56" s="93" t="s">
         <v>37</v>
       </c>
-      <c r="D56" s="106" t="s">
+      <c r="D56" s="145" t="s">
         <v>5</v>
       </c>
-      <c r="E56" s="107"/>
-[...3 lines deleted...]
-      <c r="I56" s="109"/>
+      <c r="E56" s="146"/>
+      <c r="F56" s="146"/>
+      <c r="G56" s="146"/>
+      <c r="H56" s="97"/>
+      <c r="I56" s="98"/>
       <c r="J56" s="7"/>
       <c r="K56" s="39"/>
       <c r="L56" s="39"/>
       <c r="M56" s="39"/>
       <c r="N56" s="39"/>
       <c r="O56" s="39"/>
       <c r="P56" s="7"/>
       <c r="Q56" s="7"/>
     </row>
     <row r="57" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="7"/>
-      <c r="B57" s="102"/>
-[...1 lines deleted...]
-      <c r="D57" s="110" t="s">
+      <c r="B57" s="94"/>
+      <c r="C57" s="143"/>
+      <c r="D57" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="E57" s="110"/>
-      <c r="F57" s="111" t="s">
+      <c r="E57" s="147"/>
+      <c r="F57" s="148" t="s">
         <v>39</v>
       </c>
-      <c r="G57" s="111"/>
-      <c r="H57" s="112" t="s">
+      <c r="G57" s="148"/>
+      <c r="H57" s="149" t="s">
         <v>40</v>
       </c>
-      <c r="I57" s="113"/>
+      <c r="I57" s="103"/>
       <c r="J57" s="7"/>
-      <c r="K57" s="92" t="s">
+      <c r="K57" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="L57" s="93"/>
-[...1 lines deleted...]
-      <c r="N57" s="93"/>
+      <c r="L57" s="87"/>
+      <c r="M57" s="87"/>
+      <c r="N57" s="87"/>
       <c r="O57" s="41"/>
       <c r="P57" s="7"/>
       <c r="Q57" s="7"/>
     </row>
     <row r="58" spans="1:17" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="7"/>
-      <c r="B58" s="103"/>
-      <c r="C58" s="105"/>
+      <c r="B58" s="95"/>
+      <c r="C58" s="144"/>
       <c r="D58" s="23" t="s">
         <v>167</v>
       </c>
       <c r="E58" s="70" t="s">
         <v>163</v>
       </c>
-      <c r="F58" s="94" t="s">
+      <c r="F58" s="152" t="s">
         <v>164</v>
       </c>
-      <c r="G58" s="94"/>
+      <c r="G58" s="152"/>
       <c r="H58" s="69" t="s">
         <v>165</v>
       </c>
       <c r="I58" s="69" t="s">
         <v>166</v>
       </c>
       <c r="J58" s="7"/>
       <c r="K58" s="26" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="26" t="s">
         <v>26</v>
       </c>
       <c r="M58" s="26" t="s">
         <v>24</v>
       </c>
       <c r="N58" s="27" t="s">
         <v>1</v>
       </c>
       <c r="O58" s="44" t="s">
         <v>99</v>
       </c>
       <c r="P58" s="7"/>
       <c r="Q58" s="7"/>
     </row>
     <row r="59" spans="1:17" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="7"/>
-      <c r="B59" s="80" t="s">
+      <c r="B59" s="118" t="s">
         <v>101</v>
       </c>
       <c r="C59" s="46" t="s">
         <v>103</v>
       </c>
       <c r="D59" s="45" t="s">
         <v>108</v>
       </c>
       <c r="E59" s="45" t="s">
         <v>113</v>
       </c>
-      <c r="F59" s="90" t="s">
+      <c r="F59" s="128" t="s">
         <v>118</v>
       </c>
-      <c r="G59" s="91"/>
+      <c r="G59" s="129"/>
       <c r="H59" s="45" t="s">
         <v>123</v>
       </c>
       <c r="I59" s="45" t="s">
         <v>128</v>
       </c>
       <c r="J59" s="7"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="47">
         <f t="shared" ref="N59:N63" si="5">SUM(K59:M59)/3</f>
         <v>0</v>
       </c>
       <c r="O59" s="48">
         <f>N59*5/10</f>
         <v>0</v>
       </c>
       <c r="P59" s="7"/>
       <c r="Q59" s="7"/>
     </row>
     <row r="60" spans="1:17" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="7"/>
-      <c r="B60" s="95"/>
+      <c r="B60" s="119"/>
       <c r="C60" s="46" t="s">
         <v>104</v>
       </c>
       <c r="D60" s="45" t="s">
         <v>109</v>
       </c>
       <c r="E60" s="45" t="s">
         <v>114</v>
       </c>
-      <c r="F60" s="96" t="s">
+      <c r="F60" s="136" t="s">
         <v>119</v>
       </c>
-      <c r="G60" s="97"/>
+      <c r="G60" s="137"/>
       <c r="H60" s="45" t="s">
         <v>124</v>
       </c>
       <c r="I60" s="45" t="s">
         <v>129</v>
       </c>
       <c r="J60" s="7"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="47">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O60" s="48">
         <f>N60*5/10</f>
         <v>0</v>
       </c>
       <c r="P60" s="7"/>
       <c r="Q60" s="7"/>
     </row>
     <row r="61" spans="1:17" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="7"/>
-      <c r="B61" s="95"/>
+      <c r="B61" s="119"/>
       <c r="C61" s="46" t="s">
         <v>105</v>
       </c>
       <c r="D61" s="45" t="s">
         <v>110</v>
       </c>
       <c r="E61" s="45" t="s">
         <v>115</v>
       </c>
-      <c r="F61" s="96" t="s">
+      <c r="F61" s="136" t="s">
         <v>120</v>
       </c>
-      <c r="G61" s="97"/>
+      <c r="G61" s="137"/>
       <c r="H61" s="45" t="s">
         <v>125</v>
       </c>
       <c r="I61" s="45" t="s">
         <v>130</v>
       </c>
       <c r="J61" s="7"/>
       <c r="K61" s="2"/>
       <c r="L61" s="2"/>
       <c r="M61" s="2"/>
       <c r="N61" s="47">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O61" s="48">
         <f>N61*5/10</f>
         <v>0</v>
       </c>
       <c r="P61" s="7"/>
       <c r="Q61" s="7"/>
     </row>
     <row r="62" spans="1:17" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="7"/>
-      <c r="B62" s="81"/>
+      <c r="B62" s="120"/>
       <c r="C62" s="46" t="s">
         <v>106</v>
       </c>
       <c r="D62" s="45" t="s">
         <v>111</v>
       </c>
       <c r="E62" s="45" t="s">
         <v>116</v>
       </c>
-      <c r="F62" s="96" t="s">
+      <c r="F62" s="136" t="s">
         <v>121</v>
       </c>
-      <c r="G62" s="97"/>
+      <c r="G62" s="137"/>
       <c r="H62" s="45" t="s">
         <v>126</v>
       </c>
       <c r="I62" s="45" t="s">
         <v>131</v>
       </c>
       <c r="J62" s="7"/>
       <c r="K62" s="2"/>
       <c r="L62" s="2"/>
       <c r="M62" s="2"/>
       <c r="N62" s="47">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O62" s="48">
         <f>N62*5/10</f>
         <v>0</v>
       </c>
       <c r="P62" s="7"/>
       <c r="Q62" s="7"/>
     </row>
     <row r="63" spans="1:17" ht="128.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="7"/>
-      <c r="B63" s="80" t="s">
+      <c r="B63" s="118" t="s">
         <v>102</v>
       </c>
-      <c r="C63" s="86" t="s">
+      <c r="C63" s="121" t="s">
         <v>107</v>
       </c>
-      <c r="D63" s="80" t="s">
+      <c r="D63" s="118" t="s">
         <v>112</v>
       </c>
-      <c r="E63" s="80" t="s">
+      <c r="E63" s="118" t="s">
         <v>117</v>
       </c>
-      <c r="F63" s="88" t="s">
+      <c r="F63" s="124" t="s">
         <v>122</v>
       </c>
-      <c r="G63" s="89"/>
-      <c r="H63" s="80" t="s">
+      <c r="G63" s="125"/>
+      <c r="H63" s="118" t="s">
         <v>127</v>
       </c>
-      <c r="I63" s="80" t="s">
+      <c r="I63" s="118" t="s">
         <v>132</v>
       </c>
       <c r="J63" s="7"/>
-      <c r="K63" s="82"/>
-[...2 lines deleted...]
-      <c r="N63" s="84">
+      <c r="K63" s="139"/>
+      <c r="L63" s="139"/>
+      <c r="M63" s="139"/>
+      <c r="N63" s="133">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="O63" s="84">
+      <c r="O63" s="133">
         <f>N63*5/10</f>
         <v>0</v>
       </c>
       <c r="P63" s="7"/>
       <c r="Q63" s="7"/>
     </row>
     <row r="64" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="7"/>
-      <c r="B64" s="81"/>
-[...6 lines deleted...]
-      <c r="I64" s="81"/>
+      <c r="B64" s="120"/>
+      <c r="C64" s="123"/>
+      <c r="D64" s="120"/>
+      <c r="E64" s="120"/>
+      <c r="F64" s="128"/>
+      <c r="G64" s="129"/>
+      <c r="H64" s="120"/>
+      <c r="I64" s="120"/>
       <c r="J64" s="7"/>
-      <c r="K64" s="83"/>
-[...3 lines deleted...]
-      <c r="O64" s="85"/>
+      <c r="K64" s="132"/>
+      <c r="L64" s="132"/>
+      <c r="M64" s="132"/>
+      <c r="N64" s="135"/>
+      <c r="O64" s="135"/>
       <c r="P64" s="7"/>
       <c r="Q64" s="7"/>
     </row>
     <row r="65" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="7"/>
       <c r="B65" s="62"/>
       <c r="C65" s="7"/>
       <c r="D65" s="7"/>
       <c r="E65" s="7"/>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="7"/>
       <c r="I65" s="7"/>
       <c r="J65" s="7"/>
       <c r="K65" s="63">
         <f>SUM(K55:K64)</f>
         <v>0</v>
       </c>
       <c r="L65" s="63">
         <f>SUM(L55:L64)</f>
         <v>0</v>
       </c>
       <c r="M65" s="63">
         <f>SUM(M55:M64)</f>
         <v>0</v>
@@ -4130,682 +4130,682 @@
       <c r="Q68" s="6"/>
     </row>
     <row r="69" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="6"/>
       <c r="B69" s="72" t="s">
         <v>168</v>
       </c>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7"/>
       <c r="F69" s="6"/>
       <c r="G69" s="6"/>
       <c r="H69" s="6"/>
       <c r="I69" s="6"/>
       <c r="J69" s="6"/>
       <c r="K69" s="6"/>
       <c r="L69" s="6"/>
       <c r="M69" s="6"/>
       <c r="N69" s="6"/>
       <c r="O69" s="6"/>
       <c r="P69" s="6"/>
       <c r="Q69" s="6"/>
     </row>
     <row r="70" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="6"/>
-      <c r="B70" s="73" t="s">
+      <c r="B70" s="153" t="s">
         <v>169</v>
       </c>
-      <c r="C70" s="74"/>
-      <c r="D70" s="75" t="s">
+      <c r="C70" s="154"/>
+      <c r="D70" s="155" t="s">
         <v>170</v>
       </c>
-      <c r="E70" s="76"/>
+      <c r="E70" s="156"/>
       <c r="F70" s="6"/>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
       <c r="I70" s="6"/>
       <c r="J70" s="6"/>
       <c r="K70" s="6"/>
       <c r="L70" s="6"/>
       <c r="M70" s="6"/>
       <c r="N70" s="6"/>
       <c r="O70" s="6"/>
       <c r="P70" s="6"/>
       <c r="Q70" s="6"/>
     </row>
     <row r="71" spans="1:17" ht="409.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B71" s="77" t="s">
+      <c r="B71" s="157" t="s">
         <v>171</v>
       </c>
-      <c r="C71" s="78"/>
-      <c r="D71" s="79" t="s">
+      <c r="C71" s="158"/>
+      <c r="D71" s="159" t="s">
         <v>172</v>
       </c>
-      <c r="E71" s="79"/>
+      <c r="E71" s="159"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="+Wb99cMx1HoRNTiavI5L+GlJulXC4JezXgllz5/2g63utOzF3VSK401UcYrpJ8RhITN6SDR/9bX1tZO0rhNkSQ==" saltValue="L6Go3ZjmcCHovmrnCwt7Hw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="H8a5OF3PHZBtGhnZqxwXS3z1/nqBlTWk3U1R7+THpX4NUgxNAgOw9WsgYQ+F44QIm+RM0Je8Um2ANEYnNC3/3Q==" saltValue="PHStl1vpOJ1X/8i1RSDd0g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="137">
-    <mergeCell ref="E13:F13"/>
-[...41 lines deleted...]
-    <mergeCell ref="L33:L36"/>
+    <mergeCell ref="B70:C70"/>
+    <mergeCell ref="D70:E70"/>
+    <mergeCell ref="B71:C71"/>
+    <mergeCell ref="D71:E71"/>
+    <mergeCell ref="I63:I64"/>
+    <mergeCell ref="K63:K64"/>
+    <mergeCell ref="L63:L64"/>
+    <mergeCell ref="M63:M64"/>
+    <mergeCell ref="N63:N64"/>
+    <mergeCell ref="O63:O64"/>
+    <mergeCell ref="B63:B64"/>
+    <mergeCell ref="C63:C64"/>
+    <mergeCell ref="D63:D64"/>
+    <mergeCell ref="E63:E64"/>
+    <mergeCell ref="F63:G64"/>
+    <mergeCell ref="H63:H64"/>
+    <mergeCell ref="K57:N57"/>
+    <mergeCell ref="F58:G58"/>
+    <mergeCell ref="B59:B62"/>
+    <mergeCell ref="F59:G59"/>
+    <mergeCell ref="F60:G60"/>
+    <mergeCell ref="F61:G61"/>
+    <mergeCell ref="F62:G62"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="B55:I55"/>
+    <mergeCell ref="B56:B58"/>
+    <mergeCell ref="C56:C58"/>
+    <mergeCell ref="D56:I56"/>
+    <mergeCell ref="D57:E57"/>
+    <mergeCell ref="F57:G57"/>
+    <mergeCell ref="H57:I57"/>
+    <mergeCell ref="B45:B51"/>
+    <mergeCell ref="C45:C46"/>
+    <mergeCell ref="D45:D46"/>
+    <mergeCell ref="E45:F46"/>
+    <mergeCell ref="G45:G46"/>
+    <mergeCell ref="H45:H46"/>
+    <mergeCell ref="I49:I50"/>
+    <mergeCell ref="I47:I48"/>
+    <mergeCell ref="C49:C50"/>
+    <mergeCell ref="D49:D50"/>
+    <mergeCell ref="E49:F50"/>
+    <mergeCell ref="G49:G50"/>
+    <mergeCell ref="H49:H50"/>
+    <mergeCell ref="C47:C48"/>
+    <mergeCell ref="D47:D48"/>
+    <mergeCell ref="E47:F48"/>
+    <mergeCell ref="K49:K50"/>
+    <mergeCell ref="L49:L50"/>
+    <mergeCell ref="M49:M50"/>
+    <mergeCell ref="N49:N50"/>
+    <mergeCell ref="O49:O50"/>
+    <mergeCell ref="K47:K48"/>
+    <mergeCell ref="L47:L48"/>
+    <mergeCell ref="M47:M48"/>
+    <mergeCell ref="N47:N48"/>
+    <mergeCell ref="O47:O48"/>
+    <mergeCell ref="G47:G48"/>
+    <mergeCell ref="H47:H48"/>
+    <mergeCell ref="N38:N40"/>
+    <mergeCell ref="I45:I46"/>
+    <mergeCell ref="K45:K46"/>
+    <mergeCell ref="L45:L46"/>
+    <mergeCell ref="M45:M46"/>
+    <mergeCell ref="N45:N46"/>
+    <mergeCell ref="O45:O46"/>
+    <mergeCell ref="L43:L44"/>
+    <mergeCell ref="M43:M44"/>
+    <mergeCell ref="N43:N44"/>
+    <mergeCell ref="O43:O44"/>
     <mergeCell ref="M33:M36"/>
     <mergeCell ref="N33:N36"/>
     <mergeCell ref="O33:O36"/>
     <mergeCell ref="E37:F37"/>
     <mergeCell ref="B38:B44"/>
     <mergeCell ref="C38:C40"/>
     <mergeCell ref="D38:D40"/>
     <mergeCell ref="E38:F40"/>
     <mergeCell ref="G38:G40"/>
     <mergeCell ref="O38:O40"/>
     <mergeCell ref="E41:F41"/>
     <mergeCell ref="E42:F42"/>
     <mergeCell ref="C43:C44"/>
     <mergeCell ref="D43:D44"/>
     <mergeCell ref="E43:F44"/>
     <mergeCell ref="G43:G44"/>
     <mergeCell ref="H43:H44"/>
     <mergeCell ref="I43:I44"/>
     <mergeCell ref="K43:K44"/>
     <mergeCell ref="H38:H40"/>
     <mergeCell ref="I38:I40"/>
     <mergeCell ref="K38:K40"/>
     <mergeCell ref="L38:L40"/>
     <mergeCell ref="M38:M40"/>
-    <mergeCell ref="G47:G48"/>
-[...68 lines deleted...]
-    <mergeCell ref="N63:N64"/>
+    <mergeCell ref="B33:B37"/>
+    <mergeCell ref="C33:C36"/>
+    <mergeCell ref="D33:D36"/>
+    <mergeCell ref="E33:F36"/>
+    <mergeCell ref="G33:G36"/>
+    <mergeCell ref="H33:H36"/>
+    <mergeCell ref="I33:I36"/>
+    <mergeCell ref="K33:K36"/>
+    <mergeCell ref="L33:L36"/>
+    <mergeCell ref="B29:I29"/>
+    <mergeCell ref="B30:B32"/>
+    <mergeCell ref="C30:C32"/>
+    <mergeCell ref="D30:I30"/>
+    <mergeCell ref="D31:F31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="D22:J22"/>
+    <mergeCell ref="K22:L22"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="D23:J23"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="K31:N31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="D24:J24"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="C2:F3"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="A9:Q9"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="G12:I12"/>
+    <mergeCell ref="K12:N12"/>
+    <mergeCell ref="K4:M4"/>
+    <mergeCell ref="K5:M5"/>
+    <mergeCell ref="K6:P6"/>
   </mergeCells>
   <conditionalFormatting sqref="K22:L22">
     <cfRule type="cellIs" dxfId="13" priority="14" operator="equal">
       <formula>"NO"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="12" priority="15" operator="equal">
       <formula>"SÍ"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K23:L23">
     <cfRule type="cellIs" dxfId="11" priority="12" operator="equal">
       <formula>"NO"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="10" priority="13" operator="equal">
       <formula>"SÍ"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="Q4">
-[...1 lines deleted...]
-      <formula>"RELLENAR ÉTICA"</formula>
+  <conditionalFormatting sqref="K24:L24">
+    <cfRule type="cellIs" dxfId="9" priority="1" operator="equal">
+      <formula>"NO"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="8" priority="2" operator="equal">
+      <formula>"SÍ"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K24:L24">
-[...4 lines deleted...]
-      <formula>"SÍ"</formula>
+  <conditionalFormatting sqref="Q4">
+    <cfRule type="cellIs" dxfId="7" priority="11" operator="equal">
+      <formula>"RELLENAR ÉTICA"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="10 edo txikiagoa" sqref="K14:M15 K33:M33 K37:M38 K41:M43 K45:M45 K47:M47 K49:M49 K59:M63 K51:M51 M22:M24" xr:uid="{02846904-872B-49EC-8E4E-8A3D922BBBD5}">
       <formula1>10</formula1>
     </dataValidation>
     <dataValidation type="list" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="10 edo txikiagoa" sqref="K22:L24" xr:uid="{CFA2F8F7-CBB6-4D0B-9B48-6063B811A439}">
       <formula1>$K$21:$L$21</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{961CA187-0D85-4188-A324-93B3C7C8FF88}">
   <dimension ref="A2:Q70"/>
   <sheetViews>
     <sheetView topLeftCell="A5" zoomScale="84" zoomScaleNormal="84" workbookViewId="0">
       <selection activeCell="T14" sqref="T14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="16.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.28515625" customWidth="1"/>
     <col min="5" max="5" width="23.5703125" customWidth="1"/>
     <col min="6" max="6" width="5.140625" customWidth="1"/>
     <col min="7" max="7" width="25.85546875" customWidth="1"/>
     <col min="8" max="8" width="25.5703125" customWidth="1"/>
     <col min="9" max="9" width="29" customWidth="1"/>
     <col min="10" max="10" width="16.28515625" customWidth="1"/>
     <col min="11" max="11" width="13" customWidth="1"/>
     <col min="12" max="13" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="13.42578125" customWidth="1"/>
     <col min="17" max="17" width="22.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="151" t="s">
+      <c r="A2" s="80" t="s">
         <v>134</v>
       </c>
-      <c r="B2" s="151"/>
-[...14 lines deleted...]
-      <c r="Q2" s="151"/>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+      <c r="F2" s="80"/>
+      <c r="G2" s="80"/>
+      <c r="H2" s="80"/>
+      <c r="I2" s="80"/>
+      <c r="J2" s="80"/>
+      <c r="K2" s="80"/>
+      <c r="L2" s="80"/>
+      <c r="M2" s="80"/>
+      <c r="N2" s="80"/>
+      <c r="O2" s="80"/>
+      <c r="P2" s="80"/>
+      <c r="Q2" s="80"/>
     </row>
     <row r="3" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="151"/>
-[...15 lines deleted...]
-      <c r="Q3" s="151"/>
+      <c r="A3" s="80"/>
+      <c r="B3" s="80"/>
+      <c r="C3" s="80"/>
+      <c r="D3" s="80"/>
+      <c r="E3" s="80"/>
+      <c r="F3" s="80"/>
+      <c r="G3" s="80"/>
+      <c r="H3" s="80"/>
+      <c r="I3" s="80"/>
+      <c r="J3" s="80"/>
+      <c r="K3" s="80"/>
+      <c r="L3" s="80"/>
+      <c r="M3" s="80"/>
+      <c r="N3" s="80"/>
+      <c r="O3" s="80"/>
+      <c r="P3" s="80"/>
+      <c r="Q3" s="80"/>
     </row>
     <row r="4" spans="1:17" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="7"/>
       <c r="B4" s="7"/>
       <c r="C4" s="65" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="8"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
-      <c r="K4" s="157" t="s">
+      <c r="K4" s="88" t="s">
         <v>21</v>
       </c>
-      <c r="L4" s="157"/>
-      <c r="M4" s="157"/>
+      <c r="L4" s="88"/>
+      <c r="M4" s="88"/>
       <c r="N4" s="3">
         <v>0</v>
       </c>
       <c r="O4" s="10">
         <f>(5/10)*N4</f>
         <v>0</v>
       </c>
       <c r="P4" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="Q4" s="164" t="str">
+      <c r="Q4" s="73" t="str">
         <f>IF(ISBLANK(K24),"RELLENAR TRABAJO ACADÉMICO",IF(ISBLANK(K22),"RELLENAR ÉTICA",IF(ISBLANK(K23),"RELLENAR ÉTICA",IF(N16&lt;5,0,IF(K22="NO",0,IF(K23="SÍ",0,O4+O5))))))</f>
         <v>RELLENAR TRABAJO ACADÉMICO</v>
       </c>
     </row>
     <row r="5" spans="1:17" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A5" s="7"/>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="12"/>
       <c r="E5" s="7"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
-      <c r="K5" s="157" t="s">
+      <c r="K5" s="88" t="s">
         <v>22</v>
       </c>
-      <c r="L5" s="157"/>
-      <c r="M5" s="157"/>
+      <c r="L5" s="88"/>
+      <c r="M5" s="88"/>
       <c r="N5" s="13">
         <f>(O52+O65)/5</f>
         <v>0</v>
       </c>
       <c r="O5" s="14">
         <f>(5/10)*N5</f>
         <v>0</v>
       </c>
       <c r="P5" s="15"/>
       <c r="Q5" s="15"/>
     </row>
     <row r="6" spans="1:17" ht="22.5" x14ac:dyDescent="0.3">
       <c r="A6" s="7"/>
       <c r="B6" s="7"/>
       <c r="C6" s="16" t="s">
         <v>135</v>
       </c>
-      <c r="D6" s="152"/>
-      <c r="E6" s="153"/>
+      <c r="D6" s="81"/>
+      <c r="E6" s="82"/>
       <c r="F6" s="7"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
-      <c r="K6" s="158" t="s">
+      <c r="K6" s="89" t="s">
         <v>23</v>
       </c>
-      <c r="L6" s="158"/>
-[...3 lines deleted...]
-      <c r="P6" s="158"/>
+      <c r="L6" s="89"/>
+      <c r="M6" s="89"/>
+      <c r="N6" s="89"/>
+      <c r="O6" s="89"/>
+      <c r="P6" s="89"/>
       <c r="Q6" s="4"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A7" s="7"/>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="7"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="7"/>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="Q7" s="7"/>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A8" s="7"/>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
-      <c r="E8" s="149"/>
-      <c r="F8" s="149"/>
+      <c r="E8" s="78"/>
+      <c r="F8" s="78"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
     </row>
     <row r="9" spans="1:17" s="18" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="154" t="s">
+      <c r="A9" s="83" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="154"/>
-[...14 lines deleted...]
-      <c r="Q9" s="154"/>
+      <c r="B9" s="83"/>
+      <c r="C9" s="83"/>
+      <c r="D9" s="83"/>
+      <c r="E9" s="83"/>
+      <c r="F9" s="83"/>
+      <c r="G9" s="83"/>
+      <c r="H9" s="83"/>
+      <c r="I9" s="83"/>
+      <c r="J9" s="83"/>
+      <c r="K9" s="83"/>
+      <c r="L9" s="83"/>
+      <c r="M9" s="83"/>
+      <c r="N9" s="83"/>
+      <c r="O9" s="83"/>
+      <c r="P9" s="83"/>
+      <c r="Q9" s="83"/>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A10" s="7"/>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
     </row>
     <row r="11" spans="1:17" s="21" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="19"/>
       <c r="B11" s="20" t="s">
         <v>136</v>
       </c>
       <c r="C11" s="19"/>
-      <c r="E11" s="155"/>
-      <c r="F11" s="155"/>
+      <c r="E11" s="84"/>
+      <c r="F11" s="84"/>
       <c r="G11" s="19"/>
       <c r="H11" s="19"/>
       <c r="I11" s="19"/>
       <c r="J11" s="19"/>
       <c r="K11" s="19"/>
       <c r="L11" s="19"/>
       <c r="M11" s="19"/>
       <c r="N11" s="19"/>
       <c r="O11" s="19"/>
       <c r="P11" s="19"/>
       <c r="Q11" s="19"/>
     </row>
     <row r="12" spans="1:17" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="7"/>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
-      <c r="E12" s="149"/>
-[...1 lines deleted...]
-      <c r="G12" s="156" t="s">
+      <c r="E12" s="78"/>
+      <c r="F12" s="78"/>
+      <c r="G12" s="85" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="156"/>
-      <c r="I12" s="156"/>
+      <c r="H12" s="85"/>
+      <c r="I12" s="85"/>
       <c r="J12" s="7"/>
-      <c r="K12" s="92" t="s">
+      <c r="K12" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="L12" s="93"/>
-[...1 lines deleted...]
-      <c r="N12" s="93"/>
+      <c r="L12" s="87"/>
+      <c r="M12" s="87"/>
+      <c r="N12" s="87"/>
       <c r="O12" s="22"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
     </row>
     <row r="13" spans="1:17" ht="83.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="7"/>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
-      <c r="E13" s="145" t="s">
+      <c r="E13" s="74" t="s">
         <v>6</v>
       </c>
-      <c r="F13" s="146"/>
+      <c r="F13" s="75"/>
       <c r="G13" s="23" t="s">
         <v>9</v>
       </c>
       <c r="H13" s="24" t="s">
         <v>10</v>
       </c>
       <c r="I13" s="25" t="s">
         <v>11</v>
       </c>
       <c r="J13" s="12"/>
       <c r="K13" s="26" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="26" t="s">
         <v>26</v>
       </c>
       <c r="M13" s="26" t="s">
         <v>24</v>
       </c>
       <c r="N13" s="27" t="s">
         <v>1</v>
       </c>
       <c r="O13" s="28"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
     </row>
     <row r="14" spans="1:17" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="7"/>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
-      <c r="E14" s="147" t="s">
+      <c r="E14" s="76" t="s">
         <v>12</v>
       </c>
-      <c r="F14" s="148"/>
+      <c r="F14" s="77"/>
       <c r="G14" s="29" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="29" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="29" t="s">
         <v>18</v>
       </c>
       <c r="J14" s="12" t="s">
         <v>2</v>
       </c>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="30">
         <f t="shared" ref="N14:N15" si="0">SUM(K14:M14)/3</f>
         <v>0</v>
       </c>
       <c r="O14" s="31"/>
       <c r="P14" s="7"/>
       <c r="Q14" s="7"/>
     </row>
     <row r="15" spans="1:17" ht="93" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="7"/>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
-      <c r="E15" s="147" t="s">
+      <c r="E15" s="76" t="s">
         <v>13</v>
       </c>
-      <c r="F15" s="148"/>
+      <c r="F15" s="77"/>
       <c r="G15" s="29" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="29" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="29" t="s">
         <v>19</v>
       </c>
       <c r="J15" s="12" t="s">
         <v>2</v>
       </c>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="30">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O15" s="31"/>
       <c r="P15" s="7"/>
       <c r="Q15" s="7"/>
     </row>
     <row r="16" spans="1:17" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="7"/>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
-      <c r="E16" s="149"/>
-      <c r="F16" s="149"/>
+      <c r="E16" s="78"/>
+      <c r="F16" s="78"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="7"/>
       <c r="M16" s="7"/>
       <c r="N16" s="32">
         <f>(N14+N15)/2</f>
         <v>0</v>
       </c>
       <c r="O16" s="33"/>
       <c r="P16" s="7"/>
       <c r="Q16" s="7"/>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" s="7"/>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
-      <c r="E17" s="149"/>
-      <c r="F17" s="149"/>
+      <c r="E17" s="78"/>
+      <c r="F17" s="78"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="34" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="7"/>
       <c r="M17" s="7"/>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
       <c r="P17" s="7"/>
       <c r="Q17" s="7"/>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" s="7"/>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
-      <c r="E18" s="149"/>
-      <c r="F18" s="149"/>
+      <c r="E18" s="78"/>
+      <c r="F18" s="78"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="7"/>
       <c r="L18" s="7"/>
       <c r="M18" s="7"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
     </row>
     <row r="19" spans="1:17" s="21" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A19" s="19"/>
       <c r="B19" s="35" t="s">
         <v>137</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
       <c r="I19" s="19"/>
       <c r="J19" s="19"/>
@@ -4843,111 +4843,111 @@
       <c r="D21" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E21" s="7"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="7"/>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="17" t="s">
         <v>32</v>
       </c>
       <c r="L21" s="17" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="36"/>
       <c r="N21" s="7"/>
       <c r="O21" s="7"/>
       <c r="P21" s="7"/>
       <c r="Q21" s="7"/>
     </row>
     <row r="22" spans="1:17" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A22" s="7"/>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
-      <c r="D22" s="131" t="s">
+      <c r="D22" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="E22" s="132"/>
-[...7 lines deleted...]
-      <c r="M22" s="136" t="s">
+      <c r="E22" s="105"/>
+      <c r="F22" s="105"/>
+      <c r="G22" s="105"/>
+      <c r="H22" s="105"/>
+      <c r="I22" s="105"/>
+      <c r="J22" s="106"/>
+      <c r="K22" s="107"/>
+      <c r="L22" s="108"/>
+      <c r="M22" s="109" t="s">
         <v>30</v>
       </c>
-      <c r="N22" s="137"/>
+      <c r="N22" s="110"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="7"/>
     </row>
     <row r="23" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="7"/>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
-      <c r="D23" s="138" t="s">
+      <c r="D23" s="111" t="s">
         <v>34</v>
       </c>
-      <c r="E23" s="139"/>
-[...7 lines deleted...]
-      <c r="M23" s="136" t="s">
+      <c r="E23" s="112"/>
+      <c r="F23" s="112"/>
+      <c r="G23" s="112"/>
+      <c r="H23" s="112"/>
+      <c r="I23" s="112"/>
+      <c r="J23" s="113"/>
+      <c r="K23" s="114"/>
+      <c r="L23" s="115"/>
+      <c r="M23" s="109" t="s">
         <v>30</v>
       </c>
-      <c r="N23" s="137"/>
+      <c r="N23" s="110"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
       <c r="Q23" s="7"/>
     </row>
     <row r="24" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="7"/>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
-      <c r="D24" s="138" t="s">
+      <c r="D24" s="111" t="s">
         <v>173</v>
       </c>
-      <c r="E24" s="139"/>
-[...7 lines deleted...]
-      <c r="M24" s="136" t="s">
+      <c r="E24" s="112"/>
+      <c r="F24" s="112"/>
+      <c r="G24" s="112"/>
+      <c r="H24" s="112"/>
+      <c r="I24" s="112"/>
+      <c r="J24" s="113"/>
+      <c r="K24" s="107"/>
+      <c r="L24" s="108"/>
+      <c r="M24" s="109" t="s">
         <v>30</v>
       </c>
-      <c r="N24" s="137"/>
+      <c r="N24" s="110"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
       <c r="Q24" s="7"/>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A25" s="7"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="34" t="s">
         <v>29</v>
       </c>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
     </row>
@@ -4990,683 +4990,683 @@
       <c r="O27" s="37"/>
       <c r="P27" s="37"/>
       <c r="Q27" s="37"/>
     </row>
     <row r="28" spans="1:17" ht="54" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="7"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="7"/>
       <c r="M28" s="7"/>
       <c r="N28" s="7"/>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
       <c r="Q28" s="7"/>
     </row>
     <row r="29" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="7"/>
-      <c r="B29" s="123" t="s">
+      <c r="B29" s="90" t="s">
         <v>139</v>
       </c>
-      <c r="C29" s="124"/>
-[...5 lines deleted...]
-      <c r="I29" s="125"/>
+      <c r="C29" s="91"/>
+      <c r="D29" s="91"/>
+      <c r="E29" s="91"/>
+      <c r="F29" s="91"/>
+      <c r="G29" s="91"/>
+      <c r="H29" s="91"/>
+      <c r="I29" s="92"/>
       <c r="J29" s="7"/>
       <c r="K29" s="39"/>
       <c r="L29" s="39"/>
       <c r="M29" s="39"/>
       <c r="N29" s="39"/>
       <c r="O29" s="39"/>
       <c r="P29" s="7"/>
       <c r="Q29" s="7"/>
     </row>
     <row r="30" spans="1:17" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="7"/>
-      <c r="B30" s="101" t="s">
+      <c r="B30" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="C30" s="101" t="s">
+      <c r="C30" s="93" t="s">
         <v>37</v>
       </c>
-      <c r="D30" s="126" t="s">
+      <c r="D30" s="96" t="s">
         <v>5</v>
       </c>
-      <c r="E30" s="108"/>
-[...3 lines deleted...]
-      <c r="I30" s="109"/>
+      <c r="E30" s="97"/>
+      <c r="F30" s="97"/>
+      <c r="G30" s="97"/>
+      <c r="H30" s="97"/>
+      <c r="I30" s="98"/>
       <c r="J30" s="7"/>
       <c r="K30" s="39"/>
       <c r="L30" s="39"/>
       <c r="M30" s="39"/>
       <c r="N30" s="39"/>
       <c r="O30" s="39"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
     </row>
     <row r="31" spans="1:17" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="7"/>
-      <c r="B31" s="102"/>
-[...1 lines deleted...]
-      <c r="D31" s="127" t="s">
+      <c r="B31" s="94"/>
+      <c r="C31" s="94"/>
+      <c r="D31" s="99" t="s">
         <v>38</v>
       </c>
-      <c r="E31" s="128"/>
-      <c r="F31" s="129"/>
+      <c r="E31" s="100"/>
+      <c r="F31" s="101"/>
       <c r="G31" s="40" t="s">
         <v>39</v>
       </c>
-      <c r="H31" s="130" t="s">
+      <c r="H31" s="102" t="s">
         <v>40</v>
       </c>
-      <c r="I31" s="113"/>
+      <c r="I31" s="103"/>
       <c r="J31" s="7"/>
-      <c r="K31" s="92" t="s">
+      <c r="K31" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="L31" s="93"/>
-[...1 lines deleted...]
-      <c r="N31" s="93"/>
+      <c r="L31" s="87"/>
+      <c r="M31" s="87"/>
+      <c r="N31" s="87"/>
       <c r="O31" s="41"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
     </row>
     <row r="32" spans="1:17" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="7"/>
-      <c r="B32" s="103"/>
-      <c r="C32" s="103"/>
+      <c r="B32" s="95"/>
+      <c r="C32" s="95"/>
       <c r="D32" s="42" t="s">
         <v>162</v>
       </c>
-      <c r="E32" s="143" t="s">
+      <c r="E32" s="116" t="s">
         <v>163</v>
       </c>
-      <c r="F32" s="144"/>
+      <c r="F32" s="117"/>
       <c r="G32" s="68" t="s">
         <v>164</v>
       </c>
       <c r="H32" s="69" t="s">
         <v>165</v>
       </c>
       <c r="I32" s="69" t="s">
         <v>166</v>
       </c>
       <c r="J32" s="43"/>
       <c r="K32" s="26" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="26" t="s">
         <v>26</v>
       </c>
       <c r="M32" s="26" t="s">
         <v>24</v>
       </c>
       <c r="N32" s="27" t="s">
         <v>1</v>
       </c>
       <c r="O32" s="44" t="s">
         <v>99</v>
       </c>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
     </row>
     <row r="33" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="7"/>
-      <c r="B33" s="80" t="s">
+      <c r="B33" s="118" t="s">
         <v>41</v>
       </c>
-      <c r="C33" s="86" t="s">
+      <c r="C33" s="121" t="s">
         <v>42</v>
       </c>
-      <c r="D33" s="80" t="s">
+      <c r="D33" s="118" t="s">
         <v>44</v>
       </c>
-      <c r="E33" s="88" t="s">
+      <c r="E33" s="124" t="s">
         <v>46</v>
       </c>
-      <c r="F33" s="89"/>
-      <c r="G33" s="80" t="s">
+      <c r="F33" s="125"/>
+      <c r="G33" s="118" t="s">
         <v>48</v>
       </c>
-      <c r="H33" s="80" t="s">
+      <c r="H33" s="118" t="s">
         <v>50</v>
       </c>
-      <c r="I33" s="80" t="s">
+      <c r="I33" s="118" t="s">
         <v>52</v>
       </c>
       <c r="J33" s="7"/>
-      <c r="K33" s="122"/>
-[...2 lines deleted...]
-      <c r="N33" s="84">
+      <c r="K33" s="130"/>
+      <c r="L33" s="130"/>
+      <c r="M33" s="131"/>
+      <c r="N33" s="133">
         <f t="shared" ref="N33" si="1">SUM(K33:M33)/3</f>
         <v>0</v>
       </c>
-      <c r="O33" s="84">
+      <c r="O33" s="133">
         <f>N33*3/10</f>
         <v>0</v>
       </c>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
     </row>
     <row r="34" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="7"/>
-      <c r="B34" s="95"/>
-[...6 lines deleted...]
-      <c r="I34" s="95"/>
+      <c r="B34" s="119"/>
+      <c r="C34" s="122"/>
+      <c r="D34" s="119"/>
+      <c r="E34" s="126"/>
+      <c r="F34" s="127"/>
+      <c r="G34" s="119"/>
+      <c r="H34" s="119"/>
+      <c r="I34" s="119"/>
       <c r="J34" s="7"/>
-      <c r="K34" s="116"/>
-[...3 lines deleted...]
-      <c r="O34" s="117"/>
+      <c r="K34" s="131"/>
+      <c r="L34" s="131"/>
+      <c r="M34" s="131"/>
+      <c r="N34" s="134"/>
+      <c r="O34" s="134"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
     </row>
     <row r="35" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="7"/>
-      <c r="B35" s="95"/>
-[...6 lines deleted...]
-      <c r="I35" s="95"/>
+      <c r="B35" s="119"/>
+      <c r="C35" s="122"/>
+      <c r="D35" s="119"/>
+      <c r="E35" s="126"/>
+      <c r="F35" s="127"/>
+      <c r="G35" s="119"/>
+      <c r="H35" s="119"/>
+      <c r="I35" s="119"/>
       <c r="J35" s="7"/>
-      <c r="K35" s="116"/>
-[...3 lines deleted...]
-      <c r="O35" s="117"/>
+      <c r="K35" s="131"/>
+      <c r="L35" s="131"/>
+      <c r="M35" s="131"/>
+      <c r="N35" s="134"/>
+      <c r="O35" s="134"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
     </row>
     <row r="36" spans="1:17" ht="51.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="7"/>
-      <c r="B36" s="95"/>
-[...6 lines deleted...]
-      <c r="I36" s="81"/>
+      <c r="B36" s="119"/>
+      <c r="C36" s="123"/>
+      <c r="D36" s="120"/>
+      <c r="E36" s="128"/>
+      <c r="F36" s="129"/>
+      <c r="G36" s="120"/>
+      <c r="H36" s="120"/>
+      <c r="I36" s="120"/>
       <c r="J36" s="7"/>
-      <c r="K36" s="83"/>
-[...3 lines deleted...]
-      <c r="O36" s="85"/>
+      <c r="K36" s="132"/>
+      <c r="L36" s="132"/>
+      <c r="M36" s="132"/>
+      <c r="N36" s="135"/>
+      <c r="O36" s="135"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
     </row>
     <row r="37" spans="1:17" ht="132.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="7"/>
-      <c r="B37" s="81"/>
+      <c r="B37" s="120"/>
       <c r="C37" s="46" t="s">
         <v>43</v>
       </c>
       <c r="D37" s="45" t="s">
         <v>45</v>
       </c>
-      <c r="E37" s="96" t="s">
+      <c r="E37" s="136" t="s">
         <v>47</v>
       </c>
-      <c r="F37" s="97"/>
+      <c r="F37" s="137"/>
       <c r="G37" s="45" t="s">
         <v>49</v>
       </c>
       <c r="H37" s="45" t="s">
         <v>51</v>
       </c>
       <c r="I37" s="45" t="s">
         <v>53</v>
       </c>
       <c r="J37" s="7"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="47">
         <f t="shared" ref="N37:N45" si="2">SUM(K37:M37)/3</f>
         <v>0</v>
       </c>
       <c r="O37" s="48">
         <f>N37*3/10</f>
         <v>0</v>
       </c>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
     </row>
     <row r="38" spans="1:17" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="7"/>
-      <c r="B38" s="80" t="s">
+      <c r="B38" s="118" t="s">
         <v>142</v>
       </c>
-      <c r="C38" s="86" t="s">
+      <c r="C38" s="121" t="s">
         <v>143</v>
       </c>
-      <c r="D38" s="80" t="s">
+      <c r="D38" s="118" t="s">
         <v>144</v>
       </c>
-      <c r="E38" s="88" t="s">
+      <c r="E38" s="124" t="s">
         <v>145</v>
       </c>
-      <c r="F38" s="89"/>
-      <c r="G38" s="80" t="s">
+      <c r="F38" s="125"/>
+      <c r="G38" s="118" t="s">
         <v>146</v>
       </c>
-      <c r="H38" s="80" t="s">
+      <c r="H38" s="118" t="s">
         <v>147</v>
       </c>
-      <c r="I38" s="80" t="s">
+      <c r="I38" s="118" t="s">
         <v>148</v>
       </c>
       <c r="J38" s="7"/>
-      <c r="K38" s="82"/>
-[...2 lines deleted...]
-      <c r="N38" s="84">
+      <c r="K38" s="139"/>
+      <c r="L38" s="139"/>
+      <c r="M38" s="139"/>
+      <c r="N38" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="O38" s="84">
+      <c r="O38" s="133">
         <f>N38*3/10</f>
         <v>0</v>
       </c>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
     </row>
     <row r="39" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="7"/>
-      <c r="B39" s="95"/>
-[...6 lines deleted...]
-      <c r="I39" s="95"/>
+      <c r="B39" s="119"/>
+      <c r="C39" s="122"/>
+      <c r="D39" s="119"/>
+      <c r="E39" s="126"/>
+      <c r="F39" s="127"/>
+      <c r="G39" s="119"/>
+      <c r="H39" s="119"/>
+      <c r="I39" s="119"/>
       <c r="J39" s="7"/>
-      <c r="K39" s="116"/>
-[...3 lines deleted...]
-      <c r="O39" s="117"/>
+      <c r="K39" s="131"/>
+      <c r="L39" s="131"/>
+      <c r="M39" s="131"/>
+      <c r="N39" s="134"/>
+      <c r="O39" s="134"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
     </row>
     <row r="40" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="7"/>
-      <c r="B40" s="95"/>
-[...6 lines deleted...]
-      <c r="I40" s="81"/>
+      <c r="B40" s="119"/>
+      <c r="C40" s="123"/>
+      <c r="D40" s="120"/>
+      <c r="E40" s="128"/>
+      <c r="F40" s="129"/>
+      <c r="G40" s="120"/>
+      <c r="H40" s="120"/>
+      <c r="I40" s="120"/>
       <c r="J40" s="7"/>
-      <c r="K40" s="83"/>
-[...3 lines deleted...]
-      <c r="O40" s="85"/>
+      <c r="K40" s="132"/>
+      <c r="L40" s="132"/>
+      <c r="M40" s="132"/>
+      <c r="N40" s="135"/>
+      <c r="O40" s="135"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
     </row>
     <row r="41" spans="1:17" ht="129" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="7"/>
-      <c r="B41" s="95"/>
+      <c r="B41" s="119"/>
       <c r="C41" s="46" t="s">
         <v>149</v>
       </c>
       <c r="D41" s="45" t="s">
         <v>150</v>
       </c>
-      <c r="E41" s="96" t="s">
+      <c r="E41" s="136" t="s">
         <v>151</v>
       </c>
-      <c r="F41" s="97"/>
+      <c r="F41" s="137"/>
       <c r="G41" s="45" t="s">
         <v>152</v>
       </c>
       <c r="H41" s="45" t="s">
         <v>153</v>
       </c>
       <c r="I41" s="45" t="s">
         <v>154</v>
       </c>
       <c r="J41" s="7"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
       <c r="M41" s="2"/>
       <c r="N41" s="47">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O41" s="48">
         <f>N41*3/10</f>
         <v>0</v>
       </c>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
     </row>
     <row r="42" spans="1:17" ht="149.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="7"/>
-      <c r="B42" s="95"/>
+      <c r="B42" s="119"/>
       <c r="C42" s="46" t="s">
         <v>155</v>
       </c>
       <c r="D42" s="45" t="s">
         <v>156</v>
       </c>
-      <c r="E42" s="96" t="s">
+      <c r="E42" s="136" t="s">
         <v>158</v>
       </c>
-      <c r="F42" s="97"/>
+      <c r="F42" s="137"/>
       <c r="G42" s="45" t="s">
         <v>159</v>
       </c>
       <c r="H42" s="45" t="s">
         <v>160</v>
       </c>
       <c r="I42" s="45" t="s">
         <v>161</v>
       </c>
       <c r="J42" s="7"/>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
       <c r="M42" s="2"/>
       <c r="N42" s="47">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O42" s="48">
         <f>N42*3/10</f>
         <v>0</v>
       </c>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
     </row>
     <row r="43" spans="1:17" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="7"/>
-      <c r="B43" s="95"/>
-      <c r="C43" s="86" t="s">
+      <c r="B43" s="119"/>
+      <c r="C43" s="121" t="s">
         <v>157</v>
       </c>
-      <c r="D43" s="80" t="s">
+      <c r="D43" s="118" t="s">
         <v>74</v>
       </c>
-      <c r="E43" s="88" t="s">
+      <c r="E43" s="124" t="s">
         <v>75</v>
       </c>
-      <c r="F43" s="89"/>
-      <c r="G43" s="80" t="s">
+      <c r="F43" s="125"/>
+      <c r="G43" s="118" t="s">
         <v>76</v>
       </c>
-      <c r="H43" s="80" t="s">
+      <c r="H43" s="118" t="s">
         <v>77</v>
       </c>
-      <c r="I43" s="80" t="s">
+      <c r="I43" s="118" t="s">
         <v>78</v>
       </c>
       <c r="J43" s="7"/>
-      <c r="K43" s="82"/>
-[...2 lines deleted...]
-      <c r="N43" s="84">
+      <c r="K43" s="139"/>
+      <c r="L43" s="139"/>
+      <c r="M43" s="139"/>
+      <c r="N43" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="O43" s="84">
+      <c r="O43" s="133">
         <f>N43*3/10</f>
         <v>0</v>
       </c>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
     </row>
     <row r="44" spans="1:17" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="7"/>
-      <c r="B44" s="95"/>
-[...6 lines deleted...]
-      <c r="I44" s="95"/>
+      <c r="B44" s="119"/>
+      <c r="C44" s="138"/>
+      <c r="D44" s="119"/>
+      <c r="E44" s="126"/>
+      <c r="F44" s="127"/>
+      <c r="G44" s="119"/>
+      <c r="H44" s="119"/>
+      <c r="I44" s="119"/>
       <c r="J44" s="7"/>
-      <c r="K44" s="83"/>
-[...3 lines deleted...]
-      <c r="O44" s="85"/>
+      <c r="K44" s="132"/>
+      <c r="L44" s="132"/>
+      <c r="M44" s="132"/>
+      <c r="N44" s="135"/>
+      <c r="O44" s="135"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
     </row>
     <row r="45" spans="1:17" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="7"/>
-      <c r="B45" s="98" t="s">
+      <c r="B45" s="140" t="s">
         <v>3</v>
       </c>
-      <c r="C45" s="163" t="s">
+      <c r="C45" s="160" t="s">
         <v>79</v>
       </c>
-      <c r="D45" s="98" t="s">
+      <c r="D45" s="140" t="s">
         <v>80</v>
       </c>
-      <c r="E45" s="98" t="s">
+      <c r="E45" s="140" t="s">
         <v>81</v>
       </c>
-      <c r="F45" s="98"/>
-      <c r="G45" s="98" t="s">
+      <c r="F45" s="140"/>
+      <c r="G45" s="140" t="s">
         <v>82</v>
       </c>
-      <c r="H45" s="98" t="s">
+      <c r="H45" s="140" t="s">
         <v>83</v>
       </c>
-      <c r="I45" s="98" t="s">
+      <c r="I45" s="140" t="s">
         <v>84</v>
       </c>
       <c r="J45" s="7"/>
-      <c r="K45" s="82"/>
-[...2 lines deleted...]
-      <c r="N45" s="84">
+      <c r="K45" s="139"/>
+      <c r="L45" s="139"/>
+      <c r="M45" s="139"/>
+      <c r="N45" s="133">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="O45" s="84">
+      <c r="O45" s="133">
         <f>N45*1/10</f>
         <v>0</v>
       </c>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
     </row>
     <row r="46" spans="1:17" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="7"/>
-      <c r="B46" s="98"/>
-[...6 lines deleted...]
-      <c r="I46" s="98"/>
+      <c r="B46" s="140"/>
+      <c r="C46" s="160"/>
+      <c r="D46" s="140"/>
+      <c r="E46" s="140"/>
+      <c r="F46" s="140"/>
+      <c r="G46" s="140"/>
+      <c r="H46" s="140"/>
+      <c r="I46" s="140"/>
       <c r="J46" s="7"/>
-      <c r="K46" s="83"/>
-[...3 lines deleted...]
-      <c r="O46" s="85"/>
+      <c r="K46" s="132"/>
+      <c r="L46" s="132"/>
+      <c r="M46" s="132"/>
+      <c r="N46" s="135"/>
+      <c r="O46" s="135"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
     </row>
     <row r="47" spans="1:17" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="7"/>
-      <c r="B47" s="98"/>
-      <c r="C47" s="163" t="s">
+      <c r="B47" s="140"/>
+      <c r="C47" s="160" t="s">
         <v>85</v>
       </c>
-      <c r="D47" s="98" t="s">
+      <c r="D47" s="140" t="s">
         <v>86</v>
       </c>
-      <c r="E47" s="98" t="s">
+      <c r="E47" s="140" t="s">
         <v>87</v>
       </c>
-      <c r="F47" s="98"/>
-      <c r="G47" s="98" t="s">
+      <c r="F47" s="140"/>
+      <c r="G47" s="140" t="s">
         <v>88</v>
       </c>
-      <c r="H47" s="98" t="s">
+      <c r="H47" s="140" t="s">
         <v>89</v>
       </c>
-      <c r="I47" s="98" t="s">
+      <c r="I47" s="140" t="s">
         <v>90</v>
       </c>
       <c r="J47" s="7"/>
-      <c r="K47" s="82"/>
-[...2 lines deleted...]
-      <c r="N47" s="84">
+      <c r="K47" s="139"/>
+      <c r="L47" s="139"/>
+      <c r="M47" s="139"/>
+      <c r="N47" s="133">
         <f t="shared" ref="N47:N49" si="3">SUM(K47:M47)/3</f>
         <v>0</v>
       </c>
-      <c r="O47" s="84">
+      <c r="O47" s="133">
         <f>N47*1/10</f>
         <v>0</v>
       </c>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
     </row>
     <row r="48" spans="1:17" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="7"/>
-      <c r="B48" s="98"/>
-[...6 lines deleted...]
-      <c r="I48" s="98"/>
+      <c r="B48" s="140"/>
+      <c r="C48" s="160"/>
+      <c r="D48" s="140"/>
+      <c r="E48" s="140"/>
+      <c r="F48" s="140"/>
+      <c r="G48" s="140"/>
+      <c r="H48" s="140"/>
+      <c r="I48" s="140"/>
       <c r="J48" s="7"/>
-      <c r="K48" s="83"/>
-[...3 lines deleted...]
-      <c r="O48" s="85"/>
+      <c r="K48" s="132"/>
+      <c r="L48" s="132"/>
+      <c r="M48" s="132"/>
+      <c r="N48" s="135"/>
+      <c r="O48" s="135"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
     </row>
     <row r="49" spans="1:17" ht="114.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="7"/>
-      <c r="B49" s="98"/>
-      <c r="C49" s="163" t="s">
+      <c r="B49" s="140"/>
+      <c r="C49" s="160" t="s">
         <v>91</v>
       </c>
-      <c r="D49" s="98" t="s">
+      <c r="D49" s="140" t="s">
         <v>92</v>
       </c>
-      <c r="E49" s="98" t="s">
+      <c r="E49" s="140" t="s">
         <v>93</v>
       </c>
-      <c r="F49" s="98"/>
-      <c r="G49" s="98" t="s">
+      <c r="F49" s="140"/>
+      <c r="G49" s="140" t="s">
         <v>94</v>
       </c>
-      <c r="H49" s="98" t="s">
+      <c r="H49" s="140" t="s">
         <v>95</v>
       </c>
-      <c r="I49" s="98" t="s">
+      <c r="I49" s="140" t="s">
         <v>96</v>
       </c>
       <c r="J49" s="7"/>
-      <c r="K49" s="82"/>
-[...2 lines deleted...]
-      <c r="N49" s="84">
+      <c r="K49" s="139"/>
+      <c r="L49" s="139"/>
+      <c r="M49" s="139"/>
+      <c r="N49" s="133">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="O49" s="84">
+      <c r="O49" s="133">
         <f>N49*1/10</f>
         <v>0</v>
       </c>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
     </row>
     <row r="50" spans="1:17" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="7"/>
-      <c r="B50" s="98"/>
-[...6 lines deleted...]
-      <c r="I50" s="98"/>
+      <c r="B50" s="140"/>
+      <c r="C50" s="160"/>
+      <c r="D50" s="140"/>
+      <c r="E50" s="140"/>
+      <c r="F50" s="140"/>
+      <c r="G50" s="140"/>
+      <c r="H50" s="140"/>
+      <c r="I50" s="140"/>
       <c r="J50" s="7"/>
-      <c r="K50" s="116"/>
-[...3 lines deleted...]
-      <c r="O50" s="117"/>
+      <c r="K50" s="131"/>
+      <c r="L50" s="131"/>
+      <c r="M50" s="131"/>
+      <c r="N50" s="134"/>
+      <c r="O50" s="134"/>
       <c r="P50" s="7"/>
       <c r="Q50" s="7"/>
     </row>
     <row r="51" spans="1:17" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="7"/>
-      <c r="B51" s="98"/>
+      <c r="B51" s="140"/>
       <c r="C51" s="49" t="s">
         <v>174</v>
       </c>
       <c r="D51" s="29" t="s">
         <v>175</v>
       </c>
-      <c r="E51" s="98" t="s">
+      <c r="E51" s="140" t="s">
         <v>177</v>
       </c>
-      <c r="F51" s="98"/>
+      <c r="F51" s="140"/>
       <c r="G51" s="29" t="s">
         <v>176</v>
       </c>
       <c r="H51" s="29" t="s">
         <v>97</v>
       </c>
       <c r="I51" s="29" t="s">
         <v>98</v>
       </c>
       <c r="J51" s="7"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="50">
         <f t="shared" ref="N51" si="4">SUM(K51:M51)/3</f>
         <v>0</v>
       </c>
       <c r="O51" s="50">
         <f>N51*4/10</f>
         <v>0</v>
       </c>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
     </row>
     <row r="52" spans="1:17" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
@@ -5716,365 +5716,365 @@
       <c r="O53" s="59"/>
       <c r="P53" s="7"/>
       <c r="Q53" s="7"/>
     </row>
     <row r="54" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="7"/>
       <c r="B54" s="51"/>
       <c r="C54" s="52"/>
       <c r="D54" s="53"/>
       <c r="E54" s="53"/>
       <c r="F54" s="53"/>
       <c r="G54" s="53"/>
       <c r="H54" s="53"/>
       <c r="I54" s="53"/>
       <c r="J54" s="7"/>
       <c r="K54" s="39"/>
       <c r="L54" s="39"/>
       <c r="M54" s="60"/>
       <c r="N54" s="61"/>
       <c r="O54" s="59"/>
       <c r="P54" s="7"/>
       <c r="Q54" s="7"/>
     </row>
     <row r="55" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="7"/>
-      <c r="B55" s="99" t="s">
+      <c r="B55" s="141" t="s">
         <v>100</v>
       </c>
-      <c r="C55" s="100"/>
-[...5 lines deleted...]
-      <c r="I55" s="100"/>
+      <c r="C55" s="142"/>
+      <c r="D55" s="142"/>
+      <c r="E55" s="142"/>
+      <c r="F55" s="142"/>
+      <c r="G55" s="142"/>
+      <c r="H55" s="142"/>
+      <c r="I55" s="142"/>
       <c r="J55" s="7"/>
       <c r="K55" s="39"/>
       <c r="L55" s="39"/>
       <c r="M55" s="39"/>
       <c r="N55" s="39"/>
       <c r="O55" s="39"/>
       <c r="P55" s="7"/>
       <c r="Q55" s="7"/>
     </row>
     <row r="56" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="7"/>
-      <c r="B56" s="101" t="s">
+      <c r="B56" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="C56" s="101" t="s">
+      <c r="C56" s="93" t="s">
         <v>37</v>
       </c>
-      <c r="D56" s="106" t="s">
+      <c r="D56" s="145" t="s">
         <v>5</v>
       </c>
-      <c r="E56" s="107"/>
-[...3 lines deleted...]
-      <c r="I56" s="109"/>
+      <c r="E56" s="146"/>
+      <c r="F56" s="146"/>
+      <c r="G56" s="146"/>
+      <c r="H56" s="97"/>
+      <c r="I56" s="98"/>
       <c r="J56" s="7"/>
       <c r="K56" s="39"/>
       <c r="L56" s="39"/>
       <c r="M56" s="39"/>
       <c r="N56" s="39"/>
       <c r="O56" s="39"/>
       <c r="P56" s="7"/>
       <c r="Q56" s="7"/>
     </row>
     <row r="57" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="7"/>
-      <c r="B57" s="102"/>
-[...1 lines deleted...]
-      <c r="D57" s="110" t="s">
+      <c r="B57" s="94"/>
+      <c r="C57" s="143"/>
+      <c r="D57" s="147" t="s">
         <v>38</v>
       </c>
-      <c r="E57" s="110"/>
-      <c r="F57" s="111" t="s">
+      <c r="E57" s="147"/>
+      <c r="F57" s="148" t="s">
         <v>39</v>
       </c>
-      <c r="G57" s="111"/>
-      <c r="H57" s="112" t="s">
+      <c r="G57" s="148"/>
+      <c r="H57" s="149" t="s">
         <v>40</v>
       </c>
-      <c r="I57" s="113"/>
+      <c r="I57" s="103"/>
       <c r="J57" s="7"/>
-      <c r="K57" s="92" t="s">
+      <c r="K57" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="L57" s="93"/>
-[...1 lines deleted...]
-      <c r="N57" s="93"/>
+      <c r="L57" s="87"/>
+      <c r="M57" s="87"/>
+      <c r="N57" s="87"/>
       <c r="O57" s="41"/>
       <c r="P57" s="7"/>
       <c r="Q57" s="7"/>
     </row>
     <row r="58" spans="1:17" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="7"/>
-      <c r="B58" s="103"/>
-      <c r="C58" s="105"/>
+      <c r="B58" s="95"/>
+      <c r="C58" s="144"/>
       <c r="D58" s="23" t="s">
         <v>167</v>
       </c>
       <c r="E58" s="70" t="s">
         <v>163</v>
       </c>
-      <c r="F58" s="94" t="s">
+      <c r="F58" s="152" t="s">
         <v>164</v>
       </c>
-      <c r="G58" s="94"/>
+      <c r="G58" s="152"/>
       <c r="H58" s="69" t="s">
         <v>165</v>
       </c>
       <c r="I58" s="69" t="s">
         <v>166</v>
       </c>
       <c r="J58" s="7"/>
       <c r="K58" s="26" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="26" t="s">
         <v>26</v>
       </c>
       <c r="M58" s="26" t="s">
         <v>24</v>
       </c>
       <c r="N58" s="27" t="s">
         <v>1</v>
       </c>
       <c r="O58" s="44" t="s">
         <v>99</v>
       </c>
       <c r="P58" s="7"/>
       <c r="Q58" s="7"/>
     </row>
     <row r="59" spans="1:17" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="7"/>
-      <c r="B59" s="80" t="s">
+      <c r="B59" s="118" t="s">
         <v>101</v>
       </c>
       <c r="C59" s="46" t="s">
         <v>103</v>
       </c>
       <c r="D59" s="45" t="s">
         <v>108</v>
       </c>
       <c r="E59" s="45" t="s">
         <v>113</v>
       </c>
-      <c r="F59" s="90" t="s">
+      <c r="F59" s="128" t="s">
         <v>118</v>
       </c>
-      <c r="G59" s="91"/>
+      <c r="G59" s="129"/>
       <c r="H59" s="45" t="s">
         <v>123</v>
       </c>
       <c r="I59" s="45" t="s">
         <v>128</v>
       </c>
       <c r="J59" s="7"/>
       <c r="K59" s="2"/>
       <c r="L59" s="2"/>
       <c r="M59" s="2"/>
       <c r="N59" s="47">
         <f t="shared" ref="N59:N63" si="5">SUM(K59:M59)/3</f>
         <v>0</v>
       </c>
       <c r="O59" s="48">
         <f>N59*5/10</f>
         <v>0</v>
       </c>
       <c r="P59" s="7"/>
       <c r="Q59" s="7"/>
     </row>
     <row r="60" spans="1:17" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="7"/>
-      <c r="B60" s="95"/>
+      <c r="B60" s="119"/>
       <c r="C60" s="46" t="s">
         <v>104</v>
       </c>
       <c r="D60" s="45" t="s">
         <v>109</v>
       </c>
       <c r="E60" s="45" t="s">
         <v>114</v>
       </c>
-      <c r="F60" s="96" t="s">
+      <c r="F60" s="136" t="s">
         <v>119</v>
       </c>
-      <c r="G60" s="97"/>
+      <c r="G60" s="137"/>
       <c r="H60" s="45" t="s">
         <v>124</v>
       </c>
       <c r="I60" s="45" t="s">
         <v>129</v>
       </c>
       <c r="J60" s="7"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="47">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O60" s="48">
         <f>N60*5/10</f>
         <v>0</v>
       </c>
       <c r="P60" s="7"/>
       <c r="Q60" s="7"/>
     </row>
     <row r="61" spans="1:17" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="7"/>
-      <c r="B61" s="95"/>
+      <c r="B61" s="119"/>
       <c r="C61" s="46" t="s">
         <v>105</v>
       </c>
       <c r="D61" s="45" t="s">
         <v>110</v>
       </c>
       <c r="E61" s="45" t="s">
         <v>115</v>
       </c>
-      <c r="F61" s="96" t="s">
+      <c r="F61" s="136" t="s">
         <v>120</v>
       </c>
-      <c r="G61" s="97"/>
+      <c r="G61" s="137"/>
       <c r="H61" s="45" t="s">
         <v>125</v>
       </c>
       <c r="I61" s="45" t="s">
         <v>130</v>
       </c>
       <c r="J61" s="7"/>
       <c r="K61" s="2"/>
       <c r="L61" s="2"/>
       <c r="M61" s="2"/>
       <c r="N61" s="47">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O61" s="48">
         <f>N61*5/10</f>
         <v>0</v>
       </c>
       <c r="P61" s="7"/>
       <c r="Q61" s="7"/>
     </row>
     <row r="62" spans="1:17" ht="128.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="7"/>
-      <c r="B62" s="81"/>
+      <c r="B62" s="120"/>
       <c r="C62" s="46" t="s">
         <v>106</v>
       </c>
       <c r="D62" s="45" t="s">
         <v>111</v>
       </c>
       <c r="E62" s="45" t="s">
         <v>116</v>
       </c>
-      <c r="F62" s="96" t="s">
+      <c r="F62" s="136" t="s">
         <v>121</v>
       </c>
-      <c r="G62" s="97"/>
+      <c r="G62" s="137"/>
       <c r="H62" s="45" t="s">
         <v>126</v>
       </c>
       <c r="I62" s="45" t="s">
         <v>131</v>
       </c>
       <c r="J62" s="7"/>
       <c r="K62" s="2"/>
       <c r="L62" s="2"/>
       <c r="M62" s="2"/>
       <c r="N62" s="47">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O62" s="48">
         <f>N62*5/10</f>
         <v>0</v>
       </c>
       <c r="P62" s="7"/>
       <c r="Q62" s="7"/>
     </row>
     <row r="63" spans="1:17" ht="128.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="7"/>
-      <c r="B63" s="80" t="s">
+      <c r="B63" s="118" t="s">
         <v>102</v>
       </c>
-      <c r="C63" s="86" t="s">
+      <c r="C63" s="121" t="s">
         <v>107</v>
       </c>
-      <c r="D63" s="80" t="s">
+      <c r="D63" s="118" t="s">
         <v>112</v>
       </c>
-      <c r="E63" s="80" t="s">
+      <c r="E63" s="118" t="s">
         <v>117</v>
       </c>
-      <c r="F63" s="88" t="s">
+      <c r="F63" s="124" t="s">
         <v>122</v>
       </c>
-      <c r="G63" s="89"/>
-      <c r="H63" s="80" t="s">
+      <c r="G63" s="125"/>
+      <c r="H63" s="118" t="s">
         <v>127</v>
       </c>
-      <c r="I63" s="80" t="s">
+      <c r="I63" s="118" t="s">
         <v>132</v>
       </c>
       <c r="J63" s="7"/>
-      <c r="K63" s="82"/>
-[...2 lines deleted...]
-      <c r="N63" s="84">
+      <c r="K63" s="139"/>
+      <c r="L63" s="139"/>
+      <c r="M63" s="139"/>
+      <c r="N63" s="133">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="O63" s="84">
+      <c r="O63" s="133">
         <f>N63*5/10</f>
         <v>0</v>
       </c>
       <c r="P63" s="7"/>
       <c r="Q63" s="7"/>
     </row>
     <row r="64" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="7"/>
-      <c r="B64" s="81"/>
-[...6 lines deleted...]
-      <c r="I64" s="81"/>
+      <c r="B64" s="120"/>
+      <c r="C64" s="123"/>
+      <c r="D64" s="120"/>
+      <c r="E64" s="120"/>
+      <c r="F64" s="128"/>
+      <c r="G64" s="129"/>
+      <c r="H64" s="120"/>
+      <c r="I64" s="120"/>
       <c r="J64" s="7"/>
-      <c r="K64" s="83"/>
-[...3 lines deleted...]
-      <c r="O64" s="85"/>
+      <c r="K64" s="132"/>
+      <c r="L64" s="132"/>
+      <c r="M64" s="132"/>
+      <c r="N64" s="135"/>
+      <c r="O64" s="135"/>
       <c r="P64" s="7"/>
       <c r="Q64" s="7"/>
     </row>
     <row r="65" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="7"/>
       <c r="B65" s="62"/>
       <c r="C65" s="7"/>
       <c r="D65" s="7"/>
       <c r="E65" s="7"/>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="7"/>
       <c r="I65" s="7"/>
       <c r="J65" s="7"/>
       <c r="K65" s="63">
         <f>SUM(K55:K64)</f>
         <v>0</v>
       </c>
       <c r="L65" s="63">
         <f>SUM(L55:L64)</f>
         <v>0</v>
       </c>
       <c r="M65" s="63">
         <f>SUM(M55:M64)</f>
         <v>0</v>
@@ -6133,262 +6133,262 @@
       <c r="Q67" s="6"/>
     </row>
     <row r="68" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="6"/>
       <c r="B68" s="71" t="s">
         <v>168</v>
       </c>
       <c r="C68" s="7"/>
       <c r="D68" s="7"/>
       <c r="E68" s="7"/>
       <c r="F68" s="6"/>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="6"/>
       <c r="J68" s="6"/>
       <c r="K68" s="6"/>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
       <c r="O68" s="6"/>
       <c r="P68" s="6"/>
       <c r="Q68" s="6"/>
     </row>
     <row r="69" spans="1:17" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="6"/>
-      <c r="B69" s="159" t="s">
+      <c r="B69" s="161" t="s">
         <v>169</v>
       </c>
-      <c r="C69" s="160"/>
-      <c r="D69" s="161" t="s">
+      <c r="C69" s="162"/>
+      <c r="D69" s="163" t="s">
         <v>170</v>
       </c>
-      <c r="E69" s="162"/>
+      <c r="E69" s="164"/>
       <c r="F69" s="6"/>
       <c r="G69" s="6"/>
       <c r="H69" s="6"/>
       <c r="I69" s="6"/>
       <c r="J69" s="6"/>
       <c r="K69" s="6"/>
       <c r="L69" s="6"/>
       <c r="M69" s="6"/>
       <c r="N69" s="6"/>
       <c r="O69" s="6"/>
       <c r="P69" s="6"/>
       <c r="Q69" s="6"/>
     </row>
     <row r="70" spans="1:17" ht="409.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="6"/>
-      <c r="B70" s="77" t="s">
+      <c r="B70" s="157" t="s">
         <v>171</v>
       </c>
-      <c r="C70" s="78"/>
-      <c r="D70" s="79" t="s">
+      <c r="C70" s="158"/>
+      <c r="D70" s="159" t="s">
         <v>172</v>
       </c>
-      <c r="E70" s="79"/>
+      <c r="E70" s="159"/>
       <c r="F70" s="6"/>
       <c r="G70" s="6"/>
       <c r="H70" s="6"/>
       <c r="I70" s="6"/>
       <c r="J70" s="6"/>
       <c r="K70" s="6"/>
       <c r="L70" s="6"/>
       <c r="M70" s="6"/>
       <c r="N70" s="6"/>
       <c r="O70" s="6"/>
       <c r="P70" s="6"/>
       <c r="Q70" s="6"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="wloPWW3lSxy9q5nTGe3XuFFQhs+XNMhdNQSeDMc/04mja3LMpRw0OWmV6TyGlgAJOUe5FEmWfpO908hbBctcbQ==" saltValue="gPhzSMW4k1oYzCsuC294Jw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="137">
-    <mergeCell ref="D24:J24"/>
-[...47 lines deleted...]
-    <mergeCell ref="O49:O50"/>
+    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="D69:E69"/>
+    <mergeCell ref="B70:C70"/>
+    <mergeCell ref="D70:E70"/>
+    <mergeCell ref="K4:M4"/>
+    <mergeCell ref="K5:M5"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="K6:P6"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="B30:B32"/>
+    <mergeCell ref="C30:C32"/>
+    <mergeCell ref="D30:I30"/>
+    <mergeCell ref="D31:F31"/>
+    <mergeCell ref="H31:I31"/>
+    <mergeCell ref="K31:N31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="D23:J23"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="M23:N23"/>
+    <mergeCell ref="B29:I29"/>
+    <mergeCell ref="I33:I36"/>
+    <mergeCell ref="K33:K36"/>
+    <mergeCell ref="L33:L36"/>
+    <mergeCell ref="M33:M36"/>
+    <mergeCell ref="A2:Q3"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="D22:J22"/>
+    <mergeCell ref="A9:Q9"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="E12:F12"/>
+    <mergeCell ref="G12:I12"/>
+    <mergeCell ref="K12:N12"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="K22:L22"/>
+    <mergeCell ref="M22:N22"/>
+    <mergeCell ref="N33:N36"/>
+    <mergeCell ref="O33:O36"/>
+    <mergeCell ref="B33:B37"/>
+    <mergeCell ref="C33:C36"/>
+    <mergeCell ref="D33:D36"/>
+    <mergeCell ref="E33:F36"/>
+    <mergeCell ref="G33:G36"/>
+    <mergeCell ref="H33:H36"/>
+    <mergeCell ref="E37:F37"/>
+    <mergeCell ref="I38:I40"/>
+    <mergeCell ref="K38:K40"/>
+    <mergeCell ref="L38:L40"/>
+    <mergeCell ref="M38:M40"/>
+    <mergeCell ref="N38:N40"/>
+    <mergeCell ref="O38:O40"/>
+    <mergeCell ref="B38:B44"/>
+    <mergeCell ref="C38:C40"/>
+    <mergeCell ref="D38:D40"/>
+    <mergeCell ref="E38:F40"/>
+    <mergeCell ref="G38:G40"/>
+    <mergeCell ref="H38:H40"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="C43:C44"/>
+    <mergeCell ref="D43:D44"/>
     <mergeCell ref="C47:C48"/>
     <mergeCell ref="D47:D48"/>
     <mergeCell ref="E47:F48"/>
     <mergeCell ref="G47:G48"/>
     <mergeCell ref="H47:H48"/>
     <mergeCell ref="M43:M44"/>
     <mergeCell ref="N43:N44"/>
     <mergeCell ref="O43:O44"/>
     <mergeCell ref="B45:B51"/>
     <mergeCell ref="C45:C46"/>
     <mergeCell ref="D45:D46"/>
     <mergeCell ref="E45:F46"/>
     <mergeCell ref="G45:G46"/>
     <mergeCell ref="H45:H46"/>
     <mergeCell ref="I45:I46"/>
     <mergeCell ref="E43:F44"/>
     <mergeCell ref="G43:G44"/>
     <mergeCell ref="H43:H44"/>
     <mergeCell ref="I43:I44"/>
     <mergeCell ref="K43:K44"/>
     <mergeCell ref="L43:L44"/>
     <mergeCell ref="I47:I48"/>
     <mergeCell ref="K47:K48"/>
     <mergeCell ref="L47:L48"/>
-    <mergeCell ref="I38:I40"/>
-[...62 lines deleted...]
-    <mergeCell ref="M33:M36"/>
+    <mergeCell ref="F58:G58"/>
+    <mergeCell ref="M47:M48"/>
+    <mergeCell ref="N47:N48"/>
+    <mergeCell ref="O47:O48"/>
+    <mergeCell ref="K45:K46"/>
+    <mergeCell ref="L45:L46"/>
+    <mergeCell ref="M45:M46"/>
+    <mergeCell ref="N45:N46"/>
+    <mergeCell ref="O45:O46"/>
+    <mergeCell ref="K49:K50"/>
+    <mergeCell ref="L49:L50"/>
+    <mergeCell ref="M49:M50"/>
+    <mergeCell ref="N49:N50"/>
+    <mergeCell ref="O49:O50"/>
+    <mergeCell ref="B63:B64"/>
+    <mergeCell ref="C63:C64"/>
+    <mergeCell ref="D63:D64"/>
+    <mergeCell ref="E63:E64"/>
+    <mergeCell ref="F63:G64"/>
+    <mergeCell ref="H63:H64"/>
+    <mergeCell ref="B59:B62"/>
+    <mergeCell ref="F59:G59"/>
+    <mergeCell ref="F60:G60"/>
+    <mergeCell ref="F61:G61"/>
+    <mergeCell ref="F62:G62"/>
+    <mergeCell ref="D24:J24"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="I63:I64"/>
+    <mergeCell ref="K63:K64"/>
+    <mergeCell ref="L63:L64"/>
+    <mergeCell ref="M63:M64"/>
+    <mergeCell ref="N63:N64"/>
+    <mergeCell ref="O63:O64"/>
+    <mergeCell ref="B55:I55"/>
+    <mergeCell ref="B56:B58"/>
+    <mergeCell ref="C56:C58"/>
+    <mergeCell ref="D56:I56"/>
+    <mergeCell ref="D57:E57"/>
+    <mergeCell ref="F57:G57"/>
+    <mergeCell ref="H57:I57"/>
+    <mergeCell ref="E51:F51"/>
+    <mergeCell ref="C49:C50"/>
+    <mergeCell ref="D49:D50"/>
+    <mergeCell ref="E49:F50"/>
+    <mergeCell ref="G49:G50"/>
+    <mergeCell ref="H49:H50"/>
+    <mergeCell ref="I49:I50"/>
+    <mergeCell ref="K57:N57"/>
   </mergeCells>
   <conditionalFormatting sqref="K22:L22">
-    <cfRule type="cellIs" dxfId="8" priority="13" operator="equal">
+    <cfRule type="cellIs" dxfId="6" priority="13" operator="equal">
       <formula>"NO"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="7" priority="14" operator="equal">
+    <cfRule type="cellIs" dxfId="5" priority="14" operator="equal">
       <formula>"SÍ"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K23:L23">
-    <cfRule type="cellIs" dxfId="6" priority="11" operator="equal">
+    <cfRule type="cellIs" dxfId="4" priority="11" operator="equal">
       <formula>"NO"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="5" priority="12" operator="equal">
+    <cfRule type="cellIs" dxfId="3" priority="12" operator="equal">
+      <formula>"SÍ"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K24:L24">
+    <cfRule type="cellIs" dxfId="2" priority="1" operator="equal">
+      <formula>"NO"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>"SÍ"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q4">
-    <cfRule type="cellIs" dxfId="4" priority="10" operator="equal">
+    <cfRule type="cellIs" dxfId="0" priority="10" operator="equal">
       <formula>"RELLENAR ÉTICA"</formula>
-    </cfRule>
-[...6 lines deleted...]
-      <formula>"SÍ"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="10 edo txikiagoa" sqref="K22:L24" xr:uid="{3D1D721A-C27B-4249-A2B1-5B918CEC697B}">
       <formula1>$K$21:$L$21</formula1>
     </dataValidation>
     <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="10 edo txikiagoa" sqref="K14:M15 K33:M33 K37:M38 K41:M43 K45:M45 K47:M47 K49:M49 K59:M63 K51:M51 M22:M24" xr:uid="{7DA5DDFE-CB2E-4495-A5C2-6B54A1C6AD82}">
       <formula1>10</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>