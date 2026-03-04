--- v0 (2026-02-08)
+++ v1 (2026-03-04)
@@ -68,94 +68,108 @@
       <w:r w:rsidR="00B669C8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>, filiación y datos de contacto</w:t>
       </w:r>
       <w:r w:rsidRPr="00240313">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> del o la docente responsable </w:t>
       </w:r>
       <w:r w:rsidR="00B669C8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>de la Innovación Educativa.</w:t>
       </w:r>
       <w:r w:rsidRPr="00240313">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E91C0FF" w14:textId="77777777" w:rsidR="00747510" w:rsidRDefault="00E34EDA" w:rsidP="00747510">
+    <w:p w14:paraId="0015B2B9" w14:textId="77777777" w:rsidR="00C74257" w:rsidRDefault="00E34EDA" w:rsidP="00747510">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>Me pongo en contacto contigo para solicitar tu participación en el proyect</w:t>
       </w:r>
       <w:r w:rsidR="00FF576D">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">o titulado: </w:t>
       </w:r>
       <w:r w:rsidR="00B669C8" w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B669C8" w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00FF576D">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidR="00FF576D">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Tu participación consiste en </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E91C0FF" w14:textId="4D7E4479" w:rsidR="00747510" w:rsidRDefault="00FF576D" w:rsidP="00747510">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tu participación consiste en </w:t>
       </w:r>
       <w:r w:rsidR="00747510">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">tu consentimiento para que utilice en investigación los datos obtenidos con finalidad académica en el curso </w:t>
       </w:r>
       <w:r w:rsidR="00747510" w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>……………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5BCF14" w14:textId="378E552E" w:rsidR="00B535C3" w:rsidRDefault="000A0EED" w:rsidP="00240313">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
@@ -170,129 +184,127 @@
         </w:rPr>
         <w:t>RESUMEN YOBJETIVOS</w:t>
       </w:r>
       <w:r w:rsidR="00240313" w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00240313" w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B535C3" w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>……………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C875262" w14:textId="4AC1DB17" w:rsidR="005E27D5" w:rsidRPr="003E1385" w:rsidRDefault="000A0EED" w:rsidP="00EC4E1A">
+    <w:p w14:paraId="5C875262" w14:textId="5B9351C8" w:rsidR="005E27D5" w:rsidRPr="003E1385" w:rsidRDefault="000A0EED" w:rsidP="00EC4E1A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>Para este proyecto, y si tu me das tu consentim</w:t>
       </w:r>
       <w:r w:rsidR="00EC4E1A">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">iento, utilizaré los siguientes datos:   </w:t>
       </w:r>
       <w:r w:rsidR="00EC4E1A" w:rsidRPr="00EC4E1A">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">descripción de los datos que se van a recoger. Por </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00EC4E1A" w:rsidRPr="00EC4E1A">
+      <w:r w:rsidR="00C74257" w:rsidRPr="00EC4E1A">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>ejemplo,  las</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>ejemplo, las</w:t>
+      </w:r>
       <w:r w:rsidR="00EC4E1A" w:rsidRPr="00EC4E1A">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E27D5" w:rsidRPr="00EC4E1A">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>notas de diferentes trabajos, nota del examen teórico, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C442C8" w14:textId="77777777" w:rsidR="005E27D5" w:rsidRDefault="005E27D5" w:rsidP="00FA0F14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BDEFF6C" w14:textId="3BD81ADB" w:rsidR="00B535C3" w:rsidRDefault="00E34EDA" w:rsidP="0C031070">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DERECHOS QUE TE ASISTEN:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D73DBA4" w14:textId="2B0175E8" w:rsidR="008C6AC8" w:rsidRDefault="00240313" w:rsidP="00FA0F14">
+    <w:p w14:paraId="3D73DBA4" w14:textId="1CAFD913" w:rsidR="008C6AC8" w:rsidRDefault="00240313" w:rsidP="00FA0F14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337E23">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Voluntariedad</w:t>
       </w:r>
       <w:r w:rsidR="00337E23">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> y privacidad</w:t>
       </w:r>
       <w:r w:rsidRPr="00337E23">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:u w:val="single"/>
@@ -305,131 +317,203 @@
         </w:rPr>
         <w:t xml:space="preserve"> Tu participación es voluntaria y la negativa a hacerlo no supondrá ningún perjuicio o medida en tu contra</w:t>
       </w:r>
       <w:r w:rsidR="00FA0F14">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FA0F14" w:rsidRPr="00FA0F14">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">Para asegurar </w:t>
       </w:r>
       <w:r w:rsidR="008C6AC8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">vuestra </w:t>
       </w:r>
       <w:r w:rsidR="00337E23">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
-        <w:t>participación voluntaria y privacidad</w:t>
+        <w:t xml:space="preserve">participación voluntaria y </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74257">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proteger la </w:t>
+      </w:r>
+      <w:r w:rsidR="00337E23">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t>privacidad</w:t>
       </w:r>
       <w:r w:rsidR="00FA0F14" w:rsidRPr="00FA0F14">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00753BE8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>todos y todas entregaréis</w:t>
       </w:r>
       <w:r w:rsidR="00FA0F14" w:rsidRPr="00FA0F14">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> este documento</w:t>
       </w:r>
       <w:r w:rsidR="008C6AC8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> al delegado o delegada de clase</w:t>
       </w:r>
       <w:r w:rsidR="00FA0F14" w:rsidRPr="00FA0F14">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00753BE8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>tanto si</w:t>
       </w:r>
       <w:r w:rsidR="008C6AC8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> habéis firmado, consintiendo el uso de vuestros datos en esta investigación, como si no lo dais.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="10150B62" w14:textId="7FE4C5B9" w:rsidR="00EC4E1A" w:rsidRPr="00EC4E1A" w:rsidRDefault="00641896" w:rsidP="00EC4E1A">
+        <w:t xml:space="preserve"> habéis firmado, consintiendo el uso de vuestros datos en esta investigación, como si no lo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74257">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t>hacéis</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6AC8">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10150B62" w14:textId="3BCF1F3D" w:rsidR="00EC4E1A" w:rsidRPr="00EC4E1A" w:rsidRDefault="00641896" w:rsidP="00EC4E1A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">El delegado o delegada de </w:t>
       </w:r>
       <w:r w:rsidR="008C6AC8" w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>clase los</w:t>
       </w:r>
       <w:r w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> custodiará en un sobre, hasta que las actas estén firmadas, momento en el que se me lo entregará, y podré abrirlo y conocer si me has dado tu consentimiento, y sólo entonces podré utilizar tus datos</w:t>
+        <w:t xml:space="preserve"> custodiará en un sobre, hasta que las actas estén firmadas, momento en el que me lo entregará, y podré abrirlo y conocer </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74257">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quién me ha </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74257" w:rsidRPr="0C031070">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t>dado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0C031070">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tu consentimiento</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74257">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y quién no, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74257" w:rsidRPr="0C031070">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0C031070">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sólo entonces</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74257">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0C031070">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podré utilizar tus datos</w:t>
       </w:r>
       <w:r w:rsidR="41BD96A0" w:rsidRPr="0C031070">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
-        <w:t xml:space="preserve"> obtenidos con finalidad académica, con la finalidad de investigación</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74257">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        </w:rPr>
+        <w:t>en mi proyecto</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45973C53" w14:textId="09FED3EE" w:rsidR="0075023B" w:rsidRDefault="00240313" w:rsidP="0075023B">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0075023B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Gratuidad:</w:t>
       </w:r>
       <w:r w:rsidRPr="00240313">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> No recibirás ninguna gratificación, ni económica ni académica por tu participación, pero sí ayudarás a mejorar la docencia en este campo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05A44876" w14:textId="40883CF4" w:rsidR="00240313" w:rsidRPr="00240313" w:rsidRDefault="00240313" w:rsidP="0075023B">
@@ -510,62 +594,78 @@
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2E3B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Protección de datos:</w:t>
       </w:r>
       <w:r w:rsidRPr="00240313">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A178E6" w:rsidRPr="00157755">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>la facilita el delegado de protección de datos, una vez declarado el tratamiento de datos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B43926" w14:textId="2FF791DD" w:rsidR="00DC7E78" w:rsidRDefault="00240313" w:rsidP="004B2E3B">
+    <w:p w14:paraId="3620D018" w14:textId="77777777" w:rsidR="00C74257" w:rsidRDefault="00C74257">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B43926" w14:textId="13EE402E" w:rsidR="00DC7E78" w:rsidRDefault="00240313" w:rsidP="004B2E3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7E78">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Destino de los datos</w:t>
       </w:r>
       <w:r w:rsidR="00B669C8" w:rsidRPr="00DC7E78">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00240313">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1831BD66" w14:textId="0EB9385E" w:rsidR="00240313" w:rsidRDefault="00240313" w:rsidP="00DC7E78">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -675,51 +775,50 @@
       <w:r w:rsidR="00B535C3" w:rsidRPr="00080190">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2426C6D6" w14:textId="77777777" w:rsidR="00157755" w:rsidRDefault="00157755" w:rsidP="00240313">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17E1AAA0" w14:textId="2DA44ABF" w:rsidR="46609925" w:rsidRDefault="46609925" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="1A18EEA6">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Este proyecto ha </w:t>
       </w:r>
       <w:r w:rsidR="00365B05">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
         <w:t>obtenido el Certificado Ético, ratificado</w:t>
       </w:r>
       <w:r w:rsidRPr="1A18EEA6">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> por el Comité de Ética en la Investigación con seres humanos, sus datos y sus muestras, CEISH-EHU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC754B0" w14:textId="7A216F1F" w:rsidR="1A18EEA6" w:rsidRDefault="1A18EEA6" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6101A5CB" w14:textId="108D2C18" w:rsidR="00157755" w:rsidRDefault="00157755" w:rsidP="00240313">
       <w:pPr>
@@ -785,62 +884,62 @@
       <w:r w:rsidRPr="00240313">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve">_ de </w:t>
       </w:r>
       <w:r w:rsidR="00080190">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00240313">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t>eptiembre de 202</w:t>
       </w:r>
       <w:r w:rsidR="004B2E3B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D42BCA" w14:textId="51BC92C3" w:rsidR="00F418A8" w:rsidRPr="00240313" w:rsidRDefault="00240313" w:rsidP="00240313">
+    <w:p w14:paraId="22D42BCA" w14:textId="4B550E5F" w:rsidR="00F418A8" w:rsidRPr="00240313" w:rsidRDefault="00240313" w:rsidP="00240313">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A18EEA6">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
-        <w:t xml:space="preserve">Firma de la persona docente                                                           Firma de la o el estudiante </w:t>
+        <w:t xml:space="preserve">Firma de la persona docente                                                         Firma de la o el estudiante </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9E9BCB" w14:textId="10FEEA9D" w:rsidR="1A18EEA6" w:rsidRDefault="1A18EEA6" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DF6224A" w14:textId="14F37B6B" w:rsidR="1A18EEA6" w:rsidRDefault="1A18EEA6" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AB52A8A" w14:textId="2D24FAF4" w:rsidR="1A18EEA6" w:rsidRDefault="1A18EEA6" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
@@ -863,73 +962,80 @@
     </w:p>
     <w:p w14:paraId="46A6C9C7" w14:textId="32C8DABB" w:rsidR="1A18EEA6" w:rsidRDefault="1A18EEA6" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7596266A" w14:textId="2ACD22CF" w:rsidR="1A18EEA6" w:rsidRDefault="1A18EEA6" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E490CD8" w14:textId="5C076188" w:rsidR="1A18EEA6" w:rsidRDefault="1A18EEA6" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CFA1E99" w14:textId="68E12B20" w:rsidR="68578ED2" w:rsidRDefault="68578ED2" w:rsidP="1A18EEA6">
+    <w:p w14:paraId="4CFA1E99" w14:textId="3E29325F" w:rsidR="68578ED2" w:rsidRDefault="68578ED2" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1A18EEA6">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Incluir versión y fecha en todos los pies de página (por ejemplo: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="1A18EEA6">
+      <w:r w:rsidR="00C74257">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:color w:val="C00000"/>
         </w:rPr>
-        <w:t>HI_versión</w:t>
+        <w:t>DCI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1A18EEA6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:color w:val="C00000"/>
+        </w:rPr>
+        <w:t>_versión</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="1A18EEA6">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:eastAsia="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2, 10_02_2026)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D7D47C2" w14:textId="73A88943" w:rsidR="1A18EEA6" w:rsidRDefault="1A18EEA6" w:rsidP="1A18EEA6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="1A18EEA6">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
@@ -1881,90 +1987,92 @@
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00240313"/>
+    <w:rsid w:val="0007079F"/>
     <w:rsid w:val="00080190"/>
     <w:rsid w:val="000A0EED"/>
     <w:rsid w:val="000A6327"/>
     <w:rsid w:val="00157755"/>
     <w:rsid w:val="001C4AD2"/>
     <w:rsid w:val="001C66E2"/>
     <w:rsid w:val="00240313"/>
     <w:rsid w:val="00310BEE"/>
     <w:rsid w:val="0033682F"/>
     <w:rsid w:val="00337E23"/>
     <w:rsid w:val="00365B05"/>
     <w:rsid w:val="003E1385"/>
     <w:rsid w:val="00421AC0"/>
     <w:rsid w:val="004632F8"/>
     <w:rsid w:val="004B2E3B"/>
     <w:rsid w:val="00513004"/>
     <w:rsid w:val="0058343F"/>
     <w:rsid w:val="005B404A"/>
     <w:rsid w:val="005E27D5"/>
     <w:rsid w:val="00641896"/>
     <w:rsid w:val="00682CE0"/>
     <w:rsid w:val="006E1E80"/>
     <w:rsid w:val="007349D8"/>
     <w:rsid w:val="00743AD8"/>
     <w:rsid w:val="00747510"/>
     <w:rsid w:val="0075023B"/>
     <w:rsid w:val="00753BE8"/>
     <w:rsid w:val="00761BE0"/>
     <w:rsid w:val="008C18F4"/>
     <w:rsid w:val="008C6AC8"/>
     <w:rsid w:val="008D7173"/>
     <w:rsid w:val="00A16EB8"/>
     <w:rsid w:val="00A178E6"/>
     <w:rsid w:val="00B23BBF"/>
     <w:rsid w:val="00B535C3"/>
     <w:rsid w:val="00B669C8"/>
     <w:rsid w:val="00BC47B1"/>
     <w:rsid w:val="00C13B31"/>
     <w:rsid w:val="00C20064"/>
     <w:rsid w:val="00C47696"/>
+    <w:rsid w:val="00C74257"/>
     <w:rsid w:val="00D25548"/>
     <w:rsid w:val="00DC7E78"/>
     <w:rsid w:val="00DE19B2"/>
     <w:rsid w:val="00E34EDA"/>
     <w:rsid w:val="00EC4E1A"/>
     <w:rsid w:val="00F418A8"/>
     <w:rsid w:val="00F44447"/>
     <w:rsid w:val="00FA0F14"/>
     <w:rsid w:val="00FF576D"/>
     <w:rsid w:val="0C031070"/>
     <w:rsid w:val="1A18EEA6"/>
     <w:rsid w:val="37C135DE"/>
     <w:rsid w:val="41BD96A0"/>
     <w:rsid w:val="46609925"/>
     <w:rsid w:val="54E6ABAE"/>
     <w:rsid w:val="68578ED2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -3413,164 +3521,175 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="99113f76-3770-4121-ae05-b5506c68140c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100C4644F19152B934897DD6347B06BE56D" ma:contentTypeVersion="13" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="8b386a4a65e7a3a3737f67ec70ec2037">
-[...2 lines deleted...]
-    <xsd:import namespace="89244d92-ab96-40b5-bf26-f5b310b9e2d3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100850DD4E01D5D0F43B788C39026B1D9B3" ma:contentTypeVersion="14" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="670376d5a096c52d0c78fd1b37ddde00">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="99113f76-3770-4121-ae05-b5506c68140c" xmlns:ns3="2a9ab656-5d73-4830-9743-71a141d16f5e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ee89218bd991a3ae0626dcc7efe55537" ns2:_="" ns3:_="">
+    <xsd:import namespace="99113f76-3770-4121-ae05-b5506c68140c"/>
+    <xsd:import namespace="2a9ab656-5d73-4830-9743-71a141d16f5e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="56f51fbe-f1b0-4c73-acc5-4b4e16b07bab" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="99113f76-3770-4121-ae05-b5506c68140c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetas de imagen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ed04307a-8975-4cc6-89e8-356b3fc343f3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetas de imagen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="ed04307a-8975-4cc6-89e8-356b3fc343f3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...19 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...3 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89244d92-ab96-40b5-bf26-f5b310b9e2d3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2a9ab656-5d73-4830-9743-71a141d16f5e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{85302a0e-3565-44b2-8656-476f61eb9e98}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="89244d92-ab96-40b5-bf26-f5b310b9e2d3">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Compartido con" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:MultiChoiceLookup">
+          <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
-              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Detalles de uso compartido" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de contenido"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -3629,120 +3748,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{282D90FF-6793-4B73-83BD-CDEF1BB3E902}">
-[...25 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71967EBF-99E8-4016-8937-58800A0A872A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="99113f76-3770-4121-ae05-b5506c68140c"/>
     <ds:schemaRef ds:uri="56f51fbe-f1b0-4c73-acc5-4b4e16b07bab"/>
     <ds:schemaRef ds:uri="89244d92-ab96-40b5-bf26-f5b310b9e2d3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6242D036-C2E2-4FE7-87A4-CF262BDC850D}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{282D90FF-6793-4B73-83BD-CDEF1BB3E902}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>449</Words>
-  <Characters>2471</Characters>
+  <Words>444</Words>
+  <Characters>2447</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>UPV-EHU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2915</CharactersWithSpaces>
+  <CharactersWithSpaces>2886</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>EIDER RODRIGUEZ ORDOÑEZ</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100C4644F19152B934897DD6347B06BE56D</vt:lpwstr>
+    <vt:lpwstr>0x010100850DD4E01D5D0F43B788C39026B1D9B3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>