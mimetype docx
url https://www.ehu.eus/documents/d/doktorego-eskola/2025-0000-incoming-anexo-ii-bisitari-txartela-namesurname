--- v0 (2026-01-19)
+++ v1 (2026-02-19)
@@ -2155,61 +2155,61 @@
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007C2E97" w:rsidSect="00514238">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1869" w:right="1418" w:bottom="1021" w:left="1418" w:header="517" w:footer="750" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002721D3" w:rsidRDefault="002721D3" w:rsidP="002423B0">
+    <w:p w:rsidR="00CD7179" w:rsidRDefault="00CD7179" w:rsidP="002423B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002721D3" w:rsidRDefault="002721D3" w:rsidP="002423B0">
+    <w:p w:rsidR="00CD7179" w:rsidRDefault="00CD7179" w:rsidP="002423B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="EHUSans">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000027" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -2267,70 +2267,79 @@
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="009726C6" w:rsidRPr="00265742" w:rsidRDefault="00265742" w:rsidP="00265742">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         <w:color w:val="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00265742">
       <w:rPr>
         <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         <w:color w:val="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Azken eguneraketa / última actualización / azken eguneraketa: 31.10.2025</w:t>
+      <w:t xml:space="preserve">Azken eguneraketa / última actualización / azken eguneraketa: </w:t>
+    </w:r>
+    <w:r w:rsidR="00980C14">
+      <w:rPr>
+        <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        <w:color w:val="D0CECE" w:themeColor="background2" w:themeShade="E6"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>10.02.2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002721D3" w:rsidRDefault="002721D3" w:rsidP="002423B0">
+    <w:p w:rsidR="00CD7179" w:rsidRDefault="00CD7179" w:rsidP="002423B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002721D3" w:rsidRDefault="002721D3" w:rsidP="002423B0">
+    <w:p w:rsidR="00CD7179" w:rsidRDefault="00CD7179" w:rsidP="002423B0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="000463A3" w:rsidRDefault="00265742" w:rsidP="00265742">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="2130"/>
       </w:tabs>
       <w:ind w:right="-285" w:hanging="142"/>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -2360,258 +2369,258 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1661618" cy="726958"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="070B5575"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="541E85EC"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="206062F0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="EHUSans" w:eastAsia="Calibri" w:hAnsi="EHUSans" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="EA847CAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1845" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="7F3A7AC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2565" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="F022CAC2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3285" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="0C20AA38" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4005" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="D84C968C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4725" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="E26CDDD4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5445" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="AC2462BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6165" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="8564F128" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6885" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07EA409B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5EFECA5A"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="7264F260">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="EHUSans" w:eastAsia="Calibri" w:hAnsi="EHUSans" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="0AE40CFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="123AAC82">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="8CA654EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="1062DA7C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="70FABE70">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="8640BACA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="747652F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="8F26258E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09F64EC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98324C5E"/>
     <w:lvl w:ilvl="0" w:tplc="6AD29924">
       <w:start w:val="5"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="536" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2735,58 +2744,58 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1025"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002423B0"/>
     <w:rsid w:val="00007F7C"/>
     <w:rsid w:val="00016AC3"/>
     <w:rsid w:val="000463A3"/>
     <w:rsid w:val="00062870"/>
     <w:rsid w:val="00073EB7"/>
     <w:rsid w:val="0007544F"/>
@@ -2856,137 +2865,139 @@
     <w:rsid w:val="007456A1"/>
     <w:rsid w:val="00751FB0"/>
     <w:rsid w:val="00770F3F"/>
     <w:rsid w:val="007B09BC"/>
     <w:rsid w:val="007C132F"/>
     <w:rsid w:val="007C2E97"/>
     <w:rsid w:val="007F0857"/>
     <w:rsid w:val="008129D7"/>
     <w:rsid w:val="0083517A"/>
     <w:rsid w:val="008367AE"/>
     <w:rsid w:val="00871A09"/>
     <w:rsid w:val="00876C4D"/>
     <w:rsid w:val="00884F63"/>
     <w:rsid w:val="00894978"/>
     <w:rsid w:val="008C0946"/>
     <w:rsid w:val="008C0EB2"/>
     <w:rsid w:val="008C2B41"/>
     <w:rsid w:val="008D7AD6"/>
     <w:rsid w:val="008F129F"/>
     <w:rsid w:val="008F1FBC"/>
     <w:rsid w:val="008F58E5"/>
     <w:rsid w:val="0091333D"/>
     <w:rsid w:val="009231A6"/>
     <w:rsid w:val="009726C6"/>
     <w:rsid w:val="009779B3"/>
+    <w:rsid w:val="00980C14"/>
     <w:rsid w:val="009C2031"/>
     <w:rsid w:val="009C64EE"/>
     <w:rsid w:val="009D1ACA"/>
     <w:rsid w:val="009E0D87"/>
     <w:rsid w:val="00A24222"/>
     <w:rsid w:val="00A42DB0"/>
     <w:rsid w:val="00A568E1"/>
     <w:rsid w:val="00A56E25"/>
     <w:rsid w:val="00A82FE3"/>
     <w:rsid w:val="00A86042"/>
     <w:rsid w:val="00AA6A88"/>
     <w:rsid w:val="00AB2797"/>
     <w:rsid w:val="00AB4A4D"/>
     <w:rsid w:val="00AB5E7E"/>
     <w:rsid w:val="00AC636B"/>
     <w:rsid w:val="00AE1852"/>
     <w:rsid w:val="00B13238"/>
     <w:rsid w:val="00B46522"/>
     <w:rsid w:val="00B50726"/>
     <w:rsid w:val="00B701BE"/>
     <w:rsid w:val="00B716D1"/>
     <w:rsid w:val="00B82644"/>
     <w:rsid w:val="00BA17E2"/>
     <w:rsid w:val="00BB548B"/>
     <w:rsid w:val="00BD50C5"/>
     <w:rsid w:val="00BE0514"/>
     <w:rsid w:val="00BF26B2"/>
     <w:rsid w:val="00BF5B61"/>
     <w:rsid w:val="00C1160B"/>
     <w:rsid w:val="00C527AE"/>
     <w:rsid w:val="00C754A1"/>
     <w:rsid w:val="00C805D2"/>
     <w:rsid w:val="00C907E3"/>
     <w:rsid w:val="00CB385D"/>
     <w:rsid w:val="00CB7AAC"/>
     <w:rsid w:val="00CD14B5"/>
+    <w:rsid w:val="00CD7179"/>
     <w:rsid w:val="00CE43E2"/>
     <w:rsid w:val="00CF4F26"/>
     <w:rsid w:val="00D34231"/>
     <w:rsid w:val="00D37D4F"/>
     <w:rsid w:val="00DB5FB0"/>
     <w:rsid w:val="00DD2E46"/>
     <w:rsid w:val="00E440EC"/>
     <w:rsid w:val="00E86EAB"/>
     <w:rsid w:val="00EB3A17"/>
     <w:rsid w:val="00ED05BD"/>
     <w:rsid w:val="00ED3EFF"/>
     <w:rsid w:val="00F05FFA"/>
     <w:rsid w:val="00F17A3F"/>
     <w:rsid w:val="00F3640B"/>
     <w:rsid w:val="00F45CCA"/>
     <w:rsid w:val="00F622A0"/>
     <w:rsid w:val="00F67E61"/>
     <w:rsid w:val="00F7135E"/>
     <w:rsid w:val="00F9106E"/>
     <w:rsid w:val="00FA7D41"/>
     <w:rsid w:val="00FC40F2"/>
     <w:rsid w:val="00FD66AB"/>
     <w:rsid w:val="00FE2896"/>
     <w:rsid w:val="00FF287D"/>
     <w:rsid w:val="00FF7FC7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1494F102"/>
+  <w14:docId w14:val="1E901DA0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D4F2DDFD-FB88-7044-8008-9AEDDC6035B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES_tradnl" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3360,51 +3371,50 @@
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00143752"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodegloboCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002423B0"/>
     <w:pPr>
@@ -3549,51 +3559,50 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C805D2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>