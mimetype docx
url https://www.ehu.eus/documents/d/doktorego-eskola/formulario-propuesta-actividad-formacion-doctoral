--- v0 (2025-12-21)
+++ v1 (2026-02-07)
@@ -1,29 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00181B04" w:rsidRPr="00D15C38" w:rsidRDefault="00181B04" w:rsidP="00DB3273">
@@ -463,71 +463,50 @@
             <w:r w:rsidRPr="00D15C38">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
               <w:t>Breve descripción de la actividad</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00760104" w:rsidRPr="00D15C38" w:rsidTr="00FB75AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8386" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00746BEC" w:rsidRPr="00D15C38" w:rsidRDefault="00746BEC" w:rsidP="00760104">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00760104" w:rsidRDefault="00760104" w:rsidP="00760104">
-[...19 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00746BEC" w:rsidRPr="00D15C38" w:rsidRDefault="00746BEC" w:rsidP="00760104">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00760104" w:rsidRPr="00D15C38" w:rsidRDefault="00760104" w:rsidP="00760104">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C63BC1" w:rsidRPr="00D15C38" w:rsidTr="00FB75AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8386" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -543,172 +522,137 @@
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Ponentes (inc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve">luir </w:t>
             </w:r>
             <w:r w:rsidRPr="00C63BC1">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve">breve </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C63BC1">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
-              <w:t>curri</w:t>
-[...8 lines deleted...]
-              <w:t>culum</w:t>
+              <w:t>curriculum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C63BC1">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> de las/los ponentes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C63BC1" w:rsidRPr="00D15C38" w:rsidTr="00FB75AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8386" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00C63BC1" w:rsidRDefault="00C63BC1" w:rsidP="00760104">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C63BC1" w:rsidRDefault="00C63BC1" w:rsidP="00760104">
-[...13 lines deleted...]
-          <w:p w:rsidR="00C63BC1" w:rsidRDefault="00C63BC1" w:rsidP="00760104">
+          <w:p w:rsidR="00C63BC1" w:rsidRDefault="00C63BC1" w:rsidP="00886D13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00760104" w:rsidRPr="00D15C38" w:rsidTr="00FB75AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8386" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00760104" w:rsidRPr="00D15C38" w:rsidRDefault="00760104" w:rsidP="00760104">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D15C38">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
               <w:t>Calendario</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00760104" w:rsidRPr="00D15C38" w:rsidTr="00FB75AA">
         <w:trPr>
           <w:trHeight w:val="999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8386" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00760104" w:rsidRPr="00D15C38" w:rsidRDefault="00760104" w:rsidP="00760104">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005129E3" w:rsidRDefault="005129E3" w:rsidP="00760104">
-[...18 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00760104" w:rsidRPr="00D15C38" w:rsidRDefault="00760104" w:rsidP="00886D13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005129E3" w:rsidRPr="00D15C38" w:rsidTr="00FB75AA">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8386" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="005129E3" w:rsidRPr="00D15C38" w:rsidRDefault="005129E3" w:rsidP="00760104">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
@@ -1012,51 +956,50 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB75AA" w:rsidRPr="00D15C38" w:rsidTr="00FB75AA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6347" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FB75AA" w:rsidRPr="00D15C38" w:rsidRDefault="00FB75AA" w:rsidP="00D75DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D15C38">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>TOTAL ACTIVIDAD FORMATIVA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00FB75AA" w:rsidRPr="00D15C38" w:rsidRDefault="00FB75AA" w:rsidP="00D75DC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D15C38">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1070,194 +1013,203 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00FB75AA" w:rsidRPr="005129E3" w:rsidRDefault="00FB75AA" w:rsidP="00EB7376">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FB75AA" w:rsidRPr="005129E3" w:rsidSect="004F3AE8">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0076512B" w:rsidRDefault="0076512B" w:rsidP="00C72DC8">
+    <w:p w:rsidR="004B799A" w:rsidRDefault="004B799A" w:rsidP="00C72DC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0076512B" w:rsidRDefault="0076512B" w:rsidP="00C72DC8">
+    <w:p w:rsidR="004B799A" w:rsidRDefault="004B799A" w:rsidP="00C72DC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EHUSans">
-    <w:altName w:val="Cambria Math"/>
     <w:panose1 w:val="02000503050000020004"/>
     <w:charset w:val="FF"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000A7" w:usb1="40000042" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0076512B" w:rsidRDefault="0076512B" w:rsidP="00C72DC8">
+    <w:p w:rsidR="004B799A" w:rsidRDefault="004B799A" w:rsidP="00C72DC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0076512B" w:rsidRDefault="0076512B" w:rsidP="00C72DC8">
+    <w:p w:rsidR="004B799A" w:rsidRDefault="004B799A" w:rsidP="00C72DC8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C72DC8" w:rsidRDefault="0072631C">
+  <w:p w:rsidR="00C72DC8" w:rsidRDefault="00886D13">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
-    <w:r w:rsidRPr="0072631C">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...10 lines deleted...]
-          <wp:docPr id="1" name="1 Imagen" descr="Escuela de Doctorado_trilingue_positivo_alta.jpg"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CD6FA0F" wp14:editId="5E441638">
+          <wp:extent cx="2420782" cy="1043588"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:docPr id="1" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Escuela de Doctorado_trilingue_positivo_alta.jpg"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2505075" cy="1021080"/>
+                    <a:ext cx="2459109" cy="1060110"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w:rsidR="00886D13" w:rsidRDefault="00886D13">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01FF4EA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31001E10"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -1415,155 +1367,157 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="13313"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00181B04"/>
     <w:rsid w:val="00012214"/>
     <w:rsid w:val="00031021"/>
     <w:rsid w:val="00070771"/>
     <w:rsid w:val="000B7A21"/>
     <w:rsid w:val="000C26B6"/>
     <w:rsid w:val="00134FB3"/>
     <w:rsid w:val="00161762"/>
     <w:rsid w:val="00181B04"/>
     <w:rsid w:val="001B51CD"/>
     <w:rsid w:val="00200C3C"/>
     <w:rsid w:val="00214E50"/>
     <w:rsid w:val="002C462D"/>
     <w:rsid w:val="00345153"/>
     <w:rsid w:val="003D11BC"/>
     <w:rsid w:val="003F1948"/>
     <w:rsid w:val="004B064E"/>
     <w:rsid w:val="004B51E1"/>
+    <w:rsid w:val="004B799A"/>
     <w:rsid w:val="004F3AE8"/>
     <w:rsid w:val="005129E3"/>
     <w:rsid w:val="00617A92"/>
     <w:rsid w:val="00656295"/>
     <w:rsid w:val="00666428"/>
     <w:rsid w:val="006F046F"/>
     <w:rsid w:val="0072631C"/>
     <w:rsid w:val="00746BEC"/>
     <w:rsid w:val="0075576A"/>
     <w:rsid w:val="00760104"/>
     <w:rsid w:val="0076512B"/>
     <w:rsid w:val="00815A54"/>
     <w:rsid w:val="00833EA3"/>
     <w:rsid w:val="00857962"/>
+    <w:rsid w:val="00886D13"/>
     <w:rsid w:val="00904046"/>
     <w:rsid w:val="00937837"/>
     <w:rsid w:val="009A5202"/>
     <w:rsid w:val="009B0A23"/>
     <w:rsid w:val="00AC20EE"/>
     <w:rsid w:val="00AF4724"/>
     <w:rsid w:val="00B30712"/>
     <w:rsid w:val="00B367BA"/>
     <w:rsid w:val="00B849EF"/>
     <w:rsid w:val="00B85095"/>
     <w:rsid w:val="00BB048F"/>
     <w:rsid w:val="00BE7182"/>
     <w:rsid w:val="00C63BC1"/>
     <w:rsid w:val="00C72DC8"/>
     <w:rsid w:val="00C8224E"/>
     <w:rsid w:val="00CD34C5"/>
     <w:rsid w:val="00CD737D"/>
     <w:rsid w:val="00CE29C5"/>
     <w:rsid w:val="00D15C38"/>
     <w:rsid w:val="00D6527D"/>
     <w:rsid w:val="00D939A5"/>
     <w:rsid w:val="00DA2D9D"/>
     <w:rsid w:val="00DB3273"/>
     <w:rsid w:val="00DD3C05"/>
     <w:rsid w:val="00DD5927"/>
     <w:rsid w:val="00E50B7C"/>
     <w:rsid w:val="00EB7376"/>
     <w:rsid w:val="00FA6BD1"/>
     <w:rsid w:val="00FB75AA"/>
     <w:rsid w:val="00FD5DD6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="13313"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2269A57D"/>
+  <w14:docId w14:val="4ADFD06C"/>
   <w15:docId w15:val="{1282529F-C41A-4CF7-B426-2307161E2218}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2021,108 +1975,104 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodegloboCar">
     <w:name w:val="Texto de globo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textodeglobo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00760104"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C72DC8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00C72DC8"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C72DC8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00C72DC8"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2368,67 +2318,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>577</Characters>
+  <Pages>1</Pages>
+  <Words>103</Words>
+  <Characters>571</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UPV-EHU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>680</CharactersWithSpaces>
+  <CharactersWithSpaces>673</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Arantxa Isla</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>