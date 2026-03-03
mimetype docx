--- v0 (2025-12-23)
+++ v1 (2026-03-03)
@@ -51,61 +51,51 @@
       </w:r>
       <w:r w:rsidR="007B5E43">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> ESKAERA ORRIA</w:t>
       </w:r>
       <w:r w:rsidR="00034406">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00064368">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>IMPRESO DE SOLICITUD PARA TESIS DOCTO</w:t>
-[...9 lines deleted...]
-        <w:t>RALES EN COTUTELA</w:t>
+        <w:t>IMPRESO DE SOLICITUD PARA TESIS DOCTORALES EN COTUTELA</w:t>
       </w:r>
       <w:r w:rsidR="00064368" w:rsidRPr="00064368">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00064368" w:rsidRPr="00064368">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>APPLICATION FORM FOR DOCTORAL THESIS UNDER COTUTELLE</w:t>
       </w:r>
       <w:r w:rsidR="00064368" w:rsidRPr="00064368">
         <w:rPr>
           <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho" w:hint="eastAsia"/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>
 </w:t>
@@ -114,51 +104,51 @@
     <w:p w14:paraId="08A2BF43" w14:textId="77777777" w:rsidR="00AD65D0" w:rsidRPr="00064368" w:rsidRDefault="00AD65D0" w:rsidP="00B93A93">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="-8"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3071"/>
         <w:gridCol w:w="3071"/>
         <w:gridCol w:w="3214"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD65D0" w:rsidRPr="00F21E33" w14:paraId="58964820" w14:textId="77777777" w:rsidTr="00B93A93">
+      <w:tr w:rsidR="00AD65D0" w:rsidRPr="008975A7" w14:paraId="58964820" w14:textId="77777777" w:rsidTr="00B93A93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60E1996B" w14:textId="77777777" w:rsidR="00064368" w:rsidRDefault="00064368" w:rsidP="00064368">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="245" w:lineRule="auto"/>
               <w:ind w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
             </w:pPr>
@@ -558,51 +548,51 @@
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="092F7140" w14:textId="77777777" w:rsidR="00AD65D0" w:rsidRPr="00D504EF" w:rsidRDefault="00AD65D0" w:rsidP="00D504EF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD65D0" w:rsidRPr="00F21E33" w14:paraId="24849710" w14:textId="77777777" w:rsidTr="006105E9">
+      <w:tr w:rsidR="00AD65D0" w:rsidRPr="008975A7" w14:paraId="24849710" w14:textId="77777777" w:rsidTr="006105E9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4E153ECB" w14:textId="73EB065B" w:rsidR="00AD65D0" w:rsidRPr="00D504EF" w:rsidRDefault="00A84D16" w:rsidP="00D504EF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -675,51 +665,51 @@
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2016C4B2" w14:textId="77777777" w:rsidR="00AD65D0" w:rsidRPr="00D504EF" w:rsidRDefault="00AD65D0" w:rsidP="00D504EF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00064368" w:rsidRPr="00F21E33" w14:paraId="64F29BA1" w14:textId="77777777" w:rsidTr="00064368">
+      <w:tr w:rsidR="00064368" w:rsidRPr="008975A7" w14:paraId="64F29BA1" w14:textId="77777777" w:rsidTr="00064368">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="508"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0DA415B6" w14:textId="3A72D2CC" w:rsidR="00064368" w:rsidRPr="00D504EF" w:rsidRDefault="00064368" w:rsidP="00064368">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -1442,51 +1432,51 @@
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9346" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2825"/>
         <w:gridCol w:w="3317"/>
         <w:gridCol w:w="3204"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD65D0" w:rsidRPr="00F21E33" w14:paraId="1DCFB35C" w14:textId="77777777" w:rsidTr="00064368">
+      <w:tr w:rsidR="00AD65D0" w:rsidRPr="008975A7" w14:paraId="1DCFB35C" w14:textId="77777777" w:rsidTr="00064368">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2825" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="460A71BE" w14:textId="5DF86645" w:rsidR="00AD65D0" w:rsidRPr="00064368" w:rsidRDefault="00064368" w:rsidP="00D504EF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-6"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
@@ -2470,51 +2460,51 @@
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:kern w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9346" w:type="dxa"/>
         <w:tblBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4668"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E5FD9" w:rsidRPr="00F21E33" w14:paraId="50A13572" w14:textId="77777777" w:rsidTr="00660D00">
+      <w:tr w:rsidR="000E5FD9" w:rsidRPr="008975A7" w14:paraId="50A13572" w14:textId="77777777" w:rsidTr="00660D00">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4668" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="00B1498C" w14:textId="77777777" w:rsidR="000E5FD9" w:rsidRPr="000E5FD9" w:rsidRDefault="000E5FD9" w:rsidP="00F60D70">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2132"/>
                 <w:tab w:val="left" w:pos="3305"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -2826,51 +2816,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9346" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4810"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D504EF" w:rsidRPr="00F21E33" w14:paraId="77476933" w14:textId="77777777" w:rsidTr="00BC13C2">
+      <w:tr w:rsidR="00D504EF" w:rsidRPr="008975A7" w14:paraId="77476933" w14:textId="77777777" w:rsidTr="00BC13C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1085F3B0" w14:textId="66E53DCA" w:rsidR="00034406" w:rsidRPr="009B10D7" w:rsidRDefault="00D504EF" w:rsidP="00034406">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2132"/>
                 <w:tab w:val="left" w:pos="3305"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -3713,51 +3703,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7163E69B" w14:textId="77777777" w:rsidR="00F84F53" w:rsidRDefault="00F84F53" w:rsidP="00B93A93">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F84F53" w:rsidRPr="00F21E33" w14:paraId="08170CF5" w14:textId="77777777" w:rsidTr="00BC13C2">
+      <w:tr w:rsidR="00F84F53" w:rsidRPr="008975A7" w14:paraId="08170CF5" w14:textId="77777777" w:rsidTr="00BC13C2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="46548300" w14:textId="77777777" w:rsidR="00034406" w:rsidRPr="009B10D7" w:rsidRDefault="001B75D2" w:rsidP="00034406">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
@@ -3863,51 +3853,51 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2EA1967D" w14:textId="77777777" w:rsidR="00F84F53" w:rsidRPr="00064368" w:rsidRDefault="00F84F53" w:rsidP="00B93A93">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F84F53" w:rsidRPr="00F21E33" w14:paraId="4F143D01" w14:textId="77777777" w:rsidTr="00BC13C2">
+      <w:tr w:rsidR="00F84F53" w:rsidRPr="008975A7" w14:paraId="4F143D01" w14:textId="77777777" w:rsidTr="00BC13C2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="26CE2B4F" w14:textId="23A5C124" w:rsidR="00034406" w:rsidRPr="009B10D7" w:rsidRDefault="00662AFF" w:rsidP="00034406">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
@@ -4478,51 +4468,51 @@
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BA5DEC0" w14:textId="77777777" w:rsidR="00A1428C" w:rsidRDefault="00A1428C"/>
     <w:p w14:paraId="355F5553" w14:textId="47CAF905" w:rsidR="00A1428C" w:rsidRDefault="00A1428C"/>
     <w:p w14:paraId="50C00BA8" w14:textId="728C19E0" w:rsidR="00FC7446" w:rsidRDefault="00FC7446"/>
     <w:p w14:paraId="03C98B28" w14:textId="77777777" w:rsidR="00FC7446" w:rsidRDefault="00FC7446"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8931" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2954"/>
         <w:gridCol w:w="2984"/>
         <w:gridCol w:w="2993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC5697" w:rsidRPr="00F21E33" w14:paraId="452F283A" w14:textId="77777777" w:rsidTr="0086058F">
+      <w:tr w:rsidR="00CC5697" w:rsidRPr="008975A7" w14:paraId="452F283A" w14:textId="77777777" w:rsidTr="0086058F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="686E8878" w14:textId="765B4676" w:rsidR="00CC5697" w:rsidRPr="00F84F53" w:rsidRDefault="00064368" w:rsidP="00B93A93">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="245" w:lineRule="auto"/>
               <w:ind w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -7929,51 +7919,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71ACF271" w14:textId="77777777" w:rsidR="00AD65D0" w:rsidRDefault="00D06C9D" w:rsidP="00B93A93">
+          <w:p w14:paraId="71ACF271" w14:textId="77777777" w:rsidR="00AD65D0" w:rsidRDefault="00B7123C" w:rsidP="00B93A93">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidR="00A84D16">
                 <w:rPr>
                   <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                   <w:color w:val="0563C1"/>
                   <w:spacing w:val="-2"/>
                   <w:kern w:val="1"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
@@ -8395,51 +8385,51 @@
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="-8"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2959"/>
         <w:gridCol w:w="2983"/>
         <w:gridCol w:w="2961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD65D0" w:rsidRPr="00F21E33" w14:paraId="61514999" w14:textId="77777777" w:rsidTr="00B93A93">
+      <w:tr w:rsidR="00AD65D0" w:rsidRPr="008975A7" w14:paraId="61514999" w14:textId="77777777" w:rsidTr="00B93A93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2959" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7CE19AE7" w14:textId="1B03FE38" w:rsidR="00AD65D0" w:rsidRPr="00FC7446" w:rsidRDefault="00A84D16" w:rsidP="00B93A93">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="245" w:lineRule="auto"/>
               <w:ind w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSerif"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
             </w:pPr>
@@ -9906,63 +9896,51 @@
           <w:p w14:paraId="052F3AEF" w14:textId="0FA2BD92" w:rsidR="00FC7446" w:rsidRPr="00FC7446" w:rsidRDefault="00FC7446" w:rsidP="00FC7446">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="245" w:lineRule="auto"/>
               <w:ind w:right="-8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B10D7">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>TESIA</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> garatzeko /</w:t>
+              <w:t>TESIA garatzeko /</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00FC7446">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Para desarrollo de la TESIS /</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="650FD6B4" w14:textId="14C6F50A" w:rsidR="00AD65D0" w:rsidRPr="00FC7446" w:rsidRDefault="00FC7446" w:rsidP="00FC7446">
             <w:pPr>
               <w:widowControl w:val="0"/>
@@ -10769,51 +10747,51 @@
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2779"/>
         <w:gridCol w:w="2983"/>
         <w:gridCol w:w="2885"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F84F53" w:rsidRPr="00F21E33" w14:paraId="55A55D76" w14:textId="77777777" w:rsidTr="00893E21">
+      <w:tr w:rsidR="00F84F53" w:rsidRPr="008975A7" w14:paraId="55A55D76" w14:textId="77777777" w:rsidTr="00893E21">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2779" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09FB0C2B" w14:textId="24B0B51A" w:rsidR="00F84F53" w:rsidRPr="00634CA5" w:rsidRDefault="00634CA5" w:rsidP="00B93A93">
             <w:pPr>
               <w:pStyle w:val="Textoindependiente"/>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:spacing w:line="245" w:lineRule="auto"/>
               <w:ind w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="110"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B93A93">
@@ -20495,51 +20473,51 @@
         <w:ind w:left="388" w:right="-8" w:hanging="1"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2959"/>
         <w:gridCol w:w="2983"/>
         <w:gridCol w:w="3414"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD65D0" w:rsidRPr="00F21E33" w14:paraId="5FCA19B3" w14:textId="77777777" w:rsidTr="00CB133B">
+      <w:tr w:rsidR="00AD65D0" w:rsidRPr="008975A7" w14:paraId="5FCA19B3" w14:textId="77777777" w:rsidTr="00CB133B">
         <w:trPr>
           <w:trHeight w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2959" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="100" w:type="nil"/>
               <w:right w:w="100" w:type="nil"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7A2476B4" w14:textId="3ABDA2E8" w:rsidR="00AD65D0" w:rsidRPr="00F84F53" w:rsidRDefault="00CB133B" w:rsidP="00B93A93">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="245" w:lineRule="auto"/>
               <w:ind w:right="-8"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
                 <w:spacing w:val="-2"/>
                 <w:kern w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21477,51 +21455,51 @@
                                   </a:solidFill>
                                   <a:round/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                     <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                       <a:solidFill>
                                         <a:srgbClr val="FFFFFF"/>
                                       </a:solidFill>
                                     </a14:hiddenFill>
                                   </a:ext>
                                 </a:extLst>
                               </wps:spPr>
                               <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
                   <w:pict>
                     <v:group w14:anchorId="352B6B21" id="Group 4" o:spid="_x0000_s1026" style="width:18pt;height:18pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="360,360" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCB/w5c3QUAAKUVAAAOAAAAZHJzL2Uyb0RvYy54bWzsWOtu2zYY/T9g7yDo&#10;5wDXkiNfZMQpEl+KAt1WrNkD0BJtCZVEjZLjpMPefecjRZmxrcVrhgErFiAWJR59/O6H1PXbxzxz&#10;HrisUlHMXP+N5zq8iEScFtuZ++v9qjdxnapmRcwyUfCZ+8Qr9+3N999d78spH4hEZDGXDoQU1XRf&#10;ztykrstpv19FCc9Z9UaUvMDkRsic1biV234s2R7S86w/8LxRfy9kXEoR8arC04WedG+U/M2GR/XP&#10;m03FayebudCtVr9S/a7pt39zzaZbycokjRo12FdokbO0wKKtqAWrmbOT6YmoPI2kqMSmfhOJvC82&#10;mzTiygZY43tH1ryTYlcqW7bT/bZs3QTXHvnpq8VGPz18lE4aI3auU7AcIVKrOgG5Zl9up0C8k+Wn&#10;8qPU9mH4QUSfK0z3j+fpfqvBznr/o4ghju1qoVzzuJE5iYDRzqOKwFMbAf5YOxEeDgaTkYc4RZhq&#10;xipCUYIwnrwVJcvmvatR8xINSDM21cspFRuVbq7LNJriv3EkRieOfDnh8Fa9k9xthOQXyciZ/Lwr&#10;e4h5yep0nWZp/aTyF54hpYqHj2lEHqabQ0wGJiaYpUWdIRlnMPoNRha1EXk+16fbZ7LXWVqu0iyj&#10;QNC4sQIVcZRRZxyhs3Uhol3Oi1qXn+QZDBJFlaRl5TpyyvM1RzbJ97Gvoo7IfqhqWo5irEri98Hk&#10;1vPCwV1vPvTmvcAbL3u3YTDujb3lOPCCiT/353/Q234w3VUcxrFsUaaNrnh6ou3Z/G86ha4sVaHO&#10;A1N9QGcIFFKZYlRE0pBLSNdKRr+gd6jcq2rJ6yihxxt4rnkOcDuh3HzwLDm9Qr28WAJjNEckuk5Z&#10;7SBVBG0FYGAnM0Itq/odF7lDA3gZOiovswc4WUMNhPQtBMVaWZEVzx5Aff3EGG/HJ/TC5WQ5CXrB&#10;YLREfBaL3u1qHvRGK388XFwt5vOFb+KTpHHMC1rm9eFRnhdZGpsMreR2Pc+kDttK/TUOqQ6wPqXJ&#10;QQ0TUhJ2SLnQHwTe3SDsrUaTcS9YBcNeOPYmPc8P78KRF4TBYvXcpA9pwV9vkrOfueFwMFRRspSm&#10;FLNs89TfqW1smqc1CDJL85k7aUFsmnAWL4tYhbZmaabHlitI/YMrEG4TaJWslJ6YpUzFPzV60G9l&#10;ugHuLqswIt9zxPUpYSWHyST20M2uTDdbSc6J0p0RWdyADMNUNr2o1/UMwS6qKjDBKbF0EgSbRjtd&#10;U5Qwpo5A5HHTtrZxw4v3ELzJM2wPfug7kOfs6ZcsILQBgUZbkOck5yDo6hbkrBS4yoKclRI8g5yV&#10;MrQgpPBZOaMj0FlJ4yPQWUnoZq3Snf4JLZClERK09ThLdDNDaB6LJgoYOYz2lJ6qpFJUtBugkCDW&#10;935TOUBRNDrA8DuBry4Cw70EVoQL5f5aMnxI4PFFknXTvw9tsF6hsZW6+vF+VboO9qtregcswGpy&#10;kRlSj6FMdBJ9pee5eOD3QiFq8pSah46GUA7zWWHjrOKBTmbOXEslS2NIIrTpRJkVL8UdS4syUXG9&#10;ANmrVmoNJ39ZZdvdWLtIw9Bfy5DKDvKX6ZPfBHvgANGQxCsIw3Re3arXIn7C3kYK7D+QCTj7YZAI&#10;+cV19jhHzdzqtx2j/XH2vgCNhH4QAFarm2A4HuBG2jNre4YVEUTN3NpFtdNwXuMOr+xKmW4TrKR3&#10;lYW4xbFik6o9D+mntUKS0A2Y7F+iNHQJfWhqKU31AFICvPePUZoPD6B4cVH1T9sa2ihekWfpqEQD&#10;XSrmkGVXx8WkpihNi+qiNKxENHIKskmNQKCRU5BNa52SbGLrlGRTW4dGNrF16GPTWocUm9Q6pNiU&#10;9swq9JT/Se01pIYMUqSG6zlS01XR5Bmc3UVqhKD6OSANoZmrJjaDM8VkZs3Vpr9LMKfr/R1Sa6mJ&#10;uIo43h+McSAkR3TzXfdB4mUq+PZPhMgRQ++KKOg88d9iNfU9C98C1Xao+W5JHxvte8WCh6+rN38C&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwu&#10;cmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+&#10;KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRI&#10;XJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4&#10;Mg4fYddEtiCHXr48NtwBAAD//wMAUEsDBBQABgAIAAAAIQBLbPEV2wAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTE9da8JAEHwv9D8cK/StXlKplJiLiP14kkK1UHxbkzUJ5vZC7kziv++2fbAvswzD&#10;zM6ky9E2qqfO144NxNMIFHHuippLA5+71/snUD4gF9g4JgMX8rDMbm9STAo38Af121AqCWGfoIEq&#10;hDbR2ucVWfRT1xKLdnSdxSC0K3XR4SDhttEPUTTXFmuWDxW2tK4oP23P1sDbgMNqFr/0m9Nxfdnv&#10;Ht+/NjEZczcZnxcCqwWoQGO4OuBng/SHTIod3JkLrxoDsib8omizubDD39VZqv8PyL4BAAD//wMA&#10;UEsDBAoAAAAAAAAAIQBAQ3snsAEAALABAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoa&#10;CgAAAA1JSERSAAAADQAAAA0IAgAAAP2JcysAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQA&#10;AA7EAZUrDhsAAAFQSURBVCiRTVA7ruowED0ejx3hBCkECno6JFbCclgTi2IDFDRBRonj/y2sJ71T&#10;TXG+I57P5+fzGccRwH6/DyGklJZlmabp+/3WWqdput/vHEJ4vV7H4/H9fjNzKaXvewDrukopL5fL&#10;9Xo1xrBzbhzHx+PR973WOsZYa80573a7lNK6rtu2AWBjzO/3OxwOAFJKUkoiAgCAmY0x1tplWUhK&#10;Oc8z/oGIcs4pJe89ACmlMUYpRd770+nUSLVWAN57ZtZaAxBCeO+11tR1XZMCUEoBMMYACCEAyDnn&#10;nAGQEMJa28o1diklxth1Xctl5taHpJTtagZERESlFAAxxvYBds61sY2XUiqlCCGaWCmllBJC8Pf7&#10;PZ/P1tphGIioxbX0Zt/G8e12G4bBOee937aNmed51lp3XUdEzOycA4BlWWqtIYQY47qutdZt2+p/&#10;sNbWWv8AD97T0e5Ve3gAAAAASUVORK5CYIJQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCB/w5c3QUA&#10;AKUVAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqJg6+&#10;vAAAACEBAAAZAAAAAAAAAAAAAAAAAEMIAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAEts8RXbAAAACAEAAA8AAAAAAAAAAAAAAAAANgkAAGRycy9kb3ducmV2LnhtbFBL&#10;AQItAAoAAAAAAAAAIQBAQ3snsAEAALABAAAUAAAAAAAAAAAAAAAAAD4KAABkcnMvbWVkaWEvaW1h&#10;Z2UxLnBuZ1BLBQYAAAAABgAGAHwBAAAgDAAAAAA=&#10;">
                       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                         <v:stroke joinstyle="miter"/>
                         <v:formulas>
                           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                           <v:f eqn="sum @0 1 0"/>
                           <v:f eqn="sum 0 0 @1"/>
                           <v:f eqn="prod @2 1 2"/>
                           <v:f eqn="prod @3 21600 pixelWidth"/>
                           <v:f eqn="prod @3 21600 pixelHeight"/>
                           <v:f eqn="sum @0 0 1"/>
                           <v:f eqn="prod @6 1 2"/>
                           <v:f eqn="prod @7 21600 pixelWidth"/>
                           <v:f eqn="sum @8 21600 0"/>
                           <v:f eqn="prod @7 21600 pixelHeight"/>
                           <v:f eqn="sum @10 21600 0"/>
                         </v:formulas>
                         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                         <o:lock v:ext="edit" aspectratio="t"/>
                       </v:shapetype>
                       <v:shape id="Picture 5" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:78;top:60;width:200;height:200;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQANc5XfxwAAAN8AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq9NZt6sCG6iiiKh1YwFnp9ZJ9JNPs2Zjcm/vtuQfAyMAzzDTNbDKYWN2pdZVnBRxSD&#10;IM6trrhQ8HPcvCcgnEfWWFsmBXdysJiPXmaYatvzgW6ZL0SAsEtRQel9k0rp8pIMusg2xCE72dag&#10;D7YtpG6xD3BTy3EcT6TBisNCiQ2tSsovWWcUdNvL77VaxnQuNvv9Z/Ltmvv5S6m312E9DbKcgvA0&#10;+GfjgdhpBWP4/xO+gJz/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA1zld/HAAAA3wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
                         <v:imagedata r:id="rId12" o:title=""/>
                         <v:path arrowok="t"/>
                         <o:lock v:ext="edit" aspectratio="f"/>
@@ -22311,89 +22289,576 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7717251C" w14:textId="77777777" w:rsidR="008821D6" w:rsidRDefault="008821D6" w:rsidP="00B93A93">
       <w:pPr>
         <w:ind w:right="-8"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:bCs/>
           <w:iCs/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF7A4F0" w14:textId="77777777" w:rsidR="008821D6" w:rsidRPr="00012A57" w:rsidRDefault="008821D6" w:rsidP="00B93A93">
       <w:pPr>
         <w:ind w:right="-8"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04E43B3C" w14:textId="77777777" w:rsidR="008821D6" w:rsidRDefault="008821D6">
+    <w:p w14:paraId="04E43B3C" w14:textId="1E769C72" w:rsidR="008975A7" w:rsidRDefault="008975A7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="-10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
           <w:kern w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008821D6" w:rsidSect="00A1428C">
+    <w:p w14:paraId="3F3A2D9C" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CC3149" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="651BB111" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DC57020" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D84C3E9" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FCE80D7" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A063395" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02347CDA" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35401B32" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B97A7A3" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55FFFD1B" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BF3269C" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="486EC928" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D1F5A49" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670C4196" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD16433" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="288D710C" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ABFA8A8" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1E4F77" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="260B7EBB" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66ED1151" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ECF9436" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78385845" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F9C9136" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11CECA78" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60574994" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A121CEA" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74746625" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A94FC59" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44897A84" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20A6FEAC" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2156FD68" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51D2ADEE" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="0C02B2AC" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67FCC249" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E6E3548" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27387C09" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B63A15C" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="005B1D96" w14:textId="77777777" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="475C933C" w14:textId="0778F6F0" w:rsidR="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46A60B49" w14:textId="6B0BCEE7" w:rsidR="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F0D5686" w14:textId="7DBD2E04" w:rsidR="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9B3966" w14:textId="77777777" w:rsidR="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B725E1B" w14:textId="53A06CA3" w:rsidR="008821D6" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C747B7C" w14:textId="2BB22ED2" w:rsidR="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5760"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DBB01E8" w14:textId="26F5F844" w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidRDefault="008975A7" w:rsidP="008975A7">
+      <w:pPr>
+        <w:pStyle w:val="Piedepgina"/>
+        <w:ind w:right="567"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="E7E6E6" w:themeColor="background2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008975A7">
+        <w:rPr>
+          <w:color w:val="E7E6E6" w:themeColor="background2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Azken eguneraketa / última actualización / last update: 2026.02.24</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008975A7" w:rsidRPr="008975A7" w:rsidSect="008975A7">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1824" w:right="559" w:bottom="816" w:left="1418" w:header="330" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1824" w:right="559" w:bottom="816" w:left="1418" w:header="552" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="287AC012" w14:textId="77777777" w:rsidR="00D06C9D" w:rsidRDefault="00D06C9D" w:rsidP="00CC5697">
+    <w:p w14:paraId="24767553" w14:textId="77777777" w:rsidR="00B7123C" w:rsidRDefault="00B7123C" w:rsidP="00CC5697">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="650649CA" w14:textId="77777777" w:rsidR="00D06C9D" w:rsidRDefault="00D06C9D" w:rsidP="00CC5697">
+    <w:p w14:paraId="1017B7F0" w14:textId="77777777" w:rsidR="00B7123C" w:rsidRDefault="00B7123C" w:rsidP="00CC5697">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EHUSerif">
@@ -22411,120 +22876,120 @@
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000027" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="097CE054" w14:textId="77777777" w:rsidR="00D06C9D" w:rsidRDefault="00D06C9D" w:rsidP="00CC5697">
+    <w:p w14:paraId="33B41CB7" w14:textId="77777777" w:rsidR="00B7123C" w:rsidRDefault="00B7123C" w:rsidP="00CC5697">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78C6C564" w14:textId="77777777" w:rsidR="00D06C9D" w:rsidRDefault="00D06C9D" w:rsidP="00CC5697">
+    <w:p w14:paraId="65716546" w14:textId="77777777" w:rsidR="00B7123C" w:rsidRDefault="00B7123C" w:rsidP="00CC5697">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="6FF66F26" w14:textId="77777777" w:rsidR="00F60D70" w:rsidRPr="00A1428C" w:rsidRDefault="00F60D70" w:rsidP="00A1428C">
+  <w:p w14:paraId="6FF66F26" w14:textId="5CB9DFFF" w:rsidR="00F60D70" w:rsidRPr="00A1428C" w:rsidRDefault="008975A7" w:rsidP="008975A7">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="right"/>
+      <w:ind w:hanging="284"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58FF0645" wp14:editId="4AA069FF">
-          <wp:extent cx="1892174" cy="751165"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61D322FD" wp14:editId="18D5D5D2">
+          <wp:extent cx="1388962" cy="598808"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="6" name="Imagen 6"/>
+          <wp:docPr id="8" name="Imagen 8"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="6" name="upv logo campus excelencia internacional.png"/>
+                  <pic:cNvPr id="5" name="EHU_ikastegiak_DOKTOREGO_ESKOLA_positiboa_zuribeltz_baxua.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1903650" cy="755721"/>
+                    <a:ext cx="1414350" cy="609753"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES_tradnl" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
@@ -22557,64 +23022,66 @@
     <w:rsid w:val="0025280B"/>
     <w:rsid w:val="002A66F2"/>
     <w:rsid w:val="00355BF7"/>
     <w:rsid w:val="00356A06"/>
     <w:rsid w:val="004235B7"/>
     <w:rsid w:val="004B6F4E"/>
     <w:rsid w:val="00551BFF"/>
     <w:rsid w:val="006105E9"/>
     <w:rsid w:val="00634CA5"/>
     <w:rsid w:val="00660D00"/>
     <w:rsid w:val="00662AFF"/>
     <w:rsid w:val="006B0492"/>
     <w:rsid w:val="006B2977"/>
     <w:rsid w:val="006D0B2D"/>
     <w:rsid w:val="00702256"/>
     <w:rsid w:val="00714635"/>
     <w:rsid w:val="00765066"/>
     <w:rsid w:val="007B5E43"/>
     <w:rsid w:val="007F53FE"/>
     <w:rsid w:val="00825E39"/>
     <w:rsid w:val="0086058F"/>
     <w:rsid w:val="008730B9"/>
     <w:rsid w:val="0087762E"/>
     <w:rsid w:val="008821D6"/>
     <w:rsid w:val="00893E21"/>
+    <w:rsid w:val="008975A7"/>
     <w:rsid w:val="008A1019"/>
     <w:rsid w:val="008D5BEA"/>
     <w:rsid w:val="008F198B"/>
     <w:rsid w:val="009833DA"/>
     <w:rsid w:val="009B10D7"/>
     <w:rsid w:val="009D16B8"/>
     <w:rsid w:val="00A1428C"/>
     <w:rsid w:val="00A57308"/>
     <w:rsid w:val="00A64632"/>
     <w:rsid w:val="00A83FFB"/>
     <w:rsid w:val="00A84D16"/>
     <w:rsid w:val="00AD5E9C"/>
     <w:rsid w:val="00AD65D0"/>
     <w:rsid w:val="00B534BB"/>
+    <w:rsid w:val="00B7123C"/>
     <w:rsid w:val="00B763FD"/>
     <w:rsid w:val="00B93A93"/>
     <w:rsid w:val="00BC13C2"/>
     <w:rsid w:val="00C7588F"/>
     <w:rsid w:val="00C805E2"/>
     <w:rsid w:val="00C915E5"/>
     <w:rsid w:val="00CB133B"/>
     <w:rsid w:val="00CC2CFD"/>
     <w:rsid w:val="00CC5697"/>
     <w:rsid w:val="00D06C9D"/>
     <w:rsid w:val="00D504EF"/>
     <w:rsid w:val="00D835B5"/>
     <w:rsid w:val="00DD27AB"/>
     <w:rsid w:val="00DE6CBD"/>
     <w:rsid w:val="00DF7377"/>
     <w:rsid w:val="00E638EF"/>
     <w:rsid w:val="00F02ADB"/>
     <w:rsid w:val="00F21E33"/>
     <w:rsid w:val="00F60D70"/>
     <w:rsid w:val="00F84F53"/>
     <w:rsid w:val="00FC6FDF"/>
     <w:rsid w:val="00FC7446"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -23576,81 +24043,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA08CA84-F3A1-2A4E-88E0-3DB1D378A884}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6A6846C-C7DF-C945-8C73-AEC51EBFA6A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1622</Words>
-  <Characters>8922</Characters>
+  <Words>1639</Words>
+  <Characters>9018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
+  <Lines>75</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Solicitud cotutela - Application cotutelle - Tutorekidetza eskaera</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UPV-EHU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10523</CharactersWithSpaces>
+  <CharactersWithSpaces>10636</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Solicitud cotutela - Application cotutelle - Tutorekidetza eskaera</dc:title>
   <dc:subject/>
   <dc:creator>ep + A Vallejo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>