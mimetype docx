--- v0 (2026-01-18)
+++ v1 (2026-02-14)
@@ -1,57 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4081E5EB" w14:textId="4BF31183" w:rsidR="00E21D60" w:rsidRPr="00983CCA" w:rsidRDefault="00E21D60" w:rsidP="00E21D60">
+    <w:p w14:paraId="0961DD40" w14:textId="77777777" w:rsidR="00A070EC" w:rsidRDefault="00E21D60" w:rsidP="00534080">
       <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00983CCA">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">CONVOCATORIA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -75,61 +80,84 @@
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00860812">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Ministerio</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4081E5EB" w14:textId="07E16B7E" w:rsidR="00E21D60" w:rsidRPr="00983CCA" w:rsidRDefault="00E21D60" w:rsidP="00534080">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Universidades)</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00534080">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A070EC" w:rsidRPr="00534080">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ministerio de Ciencia, Innovación y Universidades (MICIU)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263E7C9D" w14:textId="77777777" w:rsidR="00A2548C" w:rsidRPr="00CB292F" w:rsidRDefault="00CB292F" w:rsidP="00440FB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB292F">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">EXPRESIÓN DE INTERÉS </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -183,85 +211,85 @@
               <w:t xml:space="preserve">DE ESTE DOCUMENTO </w:t>
             </w:r>
             <w:r w:rsidR="00202299" w:rsidRPr="00202299">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>EN EL VICERRECTORADO DE INVESTIGACIÓN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BAD0F87" w14:textId="77777777" w:rsidR="00202299" w:rsidRDefault="00202299" w:rsidP="00202299">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="793983FC" w14:textId="22DFF951" w:rsidR="00202299" w:rsidRPr="00CB292F" w:rsidRDefault="00202299" w:rsidP="00A36527">
+    <w:p w14:paraId="793983FC" w14:textId="6DE567CF" w:rsidR="00202299" w:rsidRPr="00CB292F" w:rsidRDefault="00202299" w:rsidP="00A36527">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C5C22">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Este documento se deberá </w:t>
       </w:r>
       <w:r w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">remitir </w:t>
       </w:r>
       <w:r w:rsidR="00564BDF" w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="007028F6" w:rsidRPr="00A42018">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>pre-postdoc.dgi@ehu.eus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00564BDF" w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -423,62 +451,76 @@
         </w:rPr>
         <w:t>Se deberá acompañar del CV</w:t>
       </w:r>
       <w:r w:rsidR="00696859" w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00E5632A" w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> actualizado (formato PDF</w:t>
       </w:r>
       <w:r w:rsidR="008A65DA" w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008A65DA" w:rsidRPr="00A42018">
+        <w:t>, m</w:t>
+      </w:r>
+      <w:r w:rsidR="00787C5F">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>max</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidR="008A65DA" w:rsidRPr="00A42018">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00787C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="008A65DA" w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 p</w:t>
       </w:r>
       <w:r w:rsidR="00CC6015">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
       <w:r w:rsidR="008A65DA" w:rsidRPr="00A42018">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ginas</w:t>
       </w:r>
       <w:r w:rsidR="00B709E4" w:rsidRPr="00A42018">
@@ -675,378 +717,428 @@
               <w:t>Persona investigadora principal:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54BCBC87" w14:textId="77777777" w:rsidR="00440FB0" w:rsidRPr="00CB292F" w:rsidRDefault="00440FB0" w:rsidP="003B2330">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440FB0" w:rsidRPr="00CB292F" w14:paraId="72F68F33" w14:textId="77777777" w:rsidTr="00446347">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0440230F" w14:textId="77777777" w:rsidR="00440FB0" w:rsidRPr="00CB292F" w:rsidRDefault="000251C6" w:rsidP="00E5632A">
+          <w:p w14:paraId="0440230F" w14:textId="6BBE7F30" w:rsidR="00440FB0" w:rsidRPr="00CB292F" w:rsidRDefault="000251C6" w:rsidP="00E5632A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Código OTRI </w:t>
+              <w:t>Código OTRI</w:t>
             </w:r>
             <w:r w:rsidRPr="000251C6">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(Opcional):</w:t>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5842" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B8D9E16" w14:textId="77777777" w:rsidR="00440FB0" w:rsidRPr="00CB292F" w:rsidRDefault="00440FB0" w:rsidP="003B2330">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77E0963A" w14:textId="77777777" w:rsidR="00D57915" w:rsidRPr="00CB292F" w:rsidRDefault="00D57915" w:rsidP="00A2548C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DF03543" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="003E0CD7" w:rsidP="00A2548C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2798"/>
-        <w:gridCol w:w="5696"/>
+        <w:gridCol w:w="2799"/>
+        <w:gridCol w:w="5695"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="238E5009" w14:textId="77777777" w:rsidTr="003B2330">
-[...2 lines deleted...]
-            <w:tcW w:w="8644" w:type="dxa"/>
+      <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="238E5009" w14:textId="77777777" w:rsidTr="00E355A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="033857D6" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="003E0CD7" w:rsidP="00CB0AB2">
+          <w:p w14:paraId="033857D6" w14:textId="6D5DF199" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="003E0CD7" w:rsidP="00CB0AB2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB292F">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ACEPTACIÓN DEL DEPARTAMENTO</w:t>
             </w:r>
-            <w:r w:rsidR="00CB0AB2">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="34062F77" w14:textId="77777777" w:rsidTr="003B2330">
-[...2 lines deleted...]
-            <w:tcW w:w="8644" w:type="dxa"/>
+      <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="34062F77" w14:textId="77777777" w:rsidTr="00E355A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="25A131F4" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="0079107B" w:rsidRDefault="003E0CD7" w:rsidP="000251C6">
+          <w:p w14:paraId="25A131F4" w14:textId="3661B1F9" w:rsidR="003E0CD7" w:rsidRPr="0079107B" w:rsidRDefault="003E0CD7" w:rsidP="000251C6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0079107B">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Este documento debe contar con </w:t>
             </w:r>
-            <w:r w:rsidR="00C21A1D" w:rsidRPr="0079107B">
+            <w:r w:rsidR="00FB503E">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>el visto bueno</w:t>
+              <w:t>la autorización del Consejo</w:t>
             </w:r>
             <w:r w:rsidRPr="0079107B">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de la persona responsable del Departamento </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AB7810" w:rsidRPr="0079107B">
+              <w:t xml:space="preserve"> del Departamento</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB503E">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">o Instituto </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AD212C">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">de la UPV/EHU </w:t>
             </w:r>
             <w:r w:rsidRPr="0079107B">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>al que se adscribiría l</w:t>
             </w:r>
             <w:r w:rsidR="000251C6">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a plaza</w:t>
             </w:r>
             <w:r w:rsidR="0079107B">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="531FE375" w14:textId="77777777" w:rsidTr="0027365E">
+      <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="531FE375" w14:textId="77777777" w:rsidTr="00E355A2">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="2799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C57A931" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="003E0CD7" w:rsidP="0027365E">
+          <w:p w14:paraId="6C57A931" w14:textId="5CF565B0" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="003E0CD7" w:rsidP="0027365E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB292F">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Departamento</w:t>
-[...23 lines deleted...]
-            <w:tcW w:w="5842" w:type="dxa"/>
+              <w:t>Departamento:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5695" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A02A925" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="003E0CD7" w:rsidP="0027365E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="279C1D07" w14:textId="77777777" w:rsidTr="00484E85">
+      <w:tr w:rsidR="00E355A2" w:rsidRPr="00CB292F" w14:paraId="7F04BF3F" w14:textId="77777777" w:rsidTr="00E355A2">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2802" w:type="dxa"/>
+            <w:tcW w:w="2799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="433F1F06" w14:textId="0168EC29" w:rsidR="00E355A2" w:rsidRPr="00CB292F" w:rsidRDefault="00E355A2" w:rsidP="0032461F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fecha r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00534080">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eunión Consejo </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">del </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB292F">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Departamento</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00534080">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5695" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6795F5D4" w14:textId="77777777" w:rsidR="00E355A2" w:rsidRPr="00CB292F" w:rsidRDefault="00E355A2" w:rsidP="0032461F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="279C1D07" w14:textId="77777777" w:rsidTr="00E355A2">
+        <w:trPr>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2799" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="0965D274" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="0027365E" w:rsidP="0027365E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="003E0CD7" w:rsidRPr="00CB292F">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ersona directora:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5842" w:type="dxa"/>
+            <w:tcW w:w="5695" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2247628A" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="003E0CD7" w:rsidP="0027365E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B1267AA" w14:textId="77777777" w:rsidR="00324CEF" w:rsidRDefault="00324CEF" w:rsidP="00A2548C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C1FC197" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
@@ -2499,51 +2591,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4247"/>
         <w:gridCol w:w="4247"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C046C5" w:rsidRPr="00C046C5" w14:paraId="12BE5A93" w14:textId="77777777" w:rsidTr="00C046C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4247" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AA7926B" w14:textId="31E3E316" w:rsidR="00C046C5" w:rsidRPr="000C30A3" w:rsidRDefault="00C046C5" w:rsidP="000C30A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="000C30A3">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CODIGO FORD:</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00C046C5">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4247" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69A8FB52" w14:textId="77777777" w:rsidR="00C046C5" w:rsidRPr="00C046C5" w:rsidRDefault="00C046C5" w:rsidP="005F5C19"/>
@@ -3878,96 +3970,69 @@
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72732228" w14:textId="77777777" w:rsidR="00AE2900" w:rsidRDefault="00AE2900" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45F245DA" w14:textId="77777777" w:rsidR="00AE2900" w:rsidRDefault="00AE2900" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2B574E38" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00AE2900">
-[...16 lines deleted...]
-          </w:p>
           <w:p w14:paraId="4230D9A6" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="671A98E2" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12AE23B2" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00AE2900">
-            <w:pPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="5894B991" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CEDD17D" w14:textId="77777777" w:rsidR="002E723D" w:rsidRDefault="002E723D" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D9C2C1F" w14:textId="77777777" w:rsidR="002E723D" w:rsidRPr="00CB292F" w:rsidRDefault="002E723D" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4005,226 +4070,212 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>PROPUESTA DE SOLICITUD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="5744B602" w14:textId="77777777" w:rsidTr="008A65DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="162CFF24" w14:textId="05AA3F82" w:rsidR="00F56098" w:rsidRPr="008A65DA" w:rsidRDefault="008A65DA" w:rsidP="001F11BD">
+          <w:p w14:paraId="162CFF24" w14:textId="68E27448" w:rsidR="00F56098" w:rsidRPr="008A65DA" w:rsidRDefault="008A65DA" w:rsidP="001F11BD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A65DA">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Proyecto de necesidad </w:t>
             </w:r>
             <w:r w:rsidRPr="00A42018">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>docente (art.5.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A42018">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="001F11BD" w:rsidRPr="00A42018">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.1.a</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A42018">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
+            <w:r w:rsidR="004A1530">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="2B8B403A" w14:textId="77777777" w:rsidTr="008A65DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0706A660" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
-[...113 lines deleted...]
-                <w:i/>
+          <w:p w14:paraId="0706A660" w14:textId="232398E2" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="004A1530" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+              </w:rPr>
+              <w:t>(se debe</w:t>
+            </w:r>
+            <w:r w:rsidR="00A44A42">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> especificar los requisitos de competencia lingüística)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25296567" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4023E08F" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B6A9402" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02BCE433" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="238B3958" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F239D05" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="044B8E34" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63F7913A" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00D6347B" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="62C961AD" w14:textId="77777777" w:rsidTr="008A65DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4328,60 +4379,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="33E8A4FC" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D5BA237" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F6AFC29" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
-            <w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="6658851D" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CF789AA" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F6940AE" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
@@ -4547,60 +4588,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4BA2F249" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4535AD51" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3746CB40" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
-[...8 lines deleted...]
-          </w:p>
           <w:p w14:paraId="31F03363" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66F02E56" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00F777A7" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="743EDE2E" w14:textId="77777777" w:rsidTr="008A65DA">
         <w:trPr>
           <w:trHeight w:val="208"/>
@@ -4687,308 +4718,325 @@
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00234BC3" w:rsidRPr="00A42018">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
               <w:t>1.d</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A42018">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="2E33850E" w14:textId="77777777" w:rsidTr="008A65DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149475BF" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
-[...13 lines deleted...]
-                <w:i/>
+          <w:p w14:paraId="149475BF" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E75DD02" w14:textId="5D822612" w:rsidR="00F56098" w:rsidRPr="00534080" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64FB60AC" w14:textId="1AB88D83" w:rsidR="008A65DA" w:rsidRDefault="008A65DA" w:rsidP="00F56098">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
-                <w:i/>
-[...69 lines deleted...]
-                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C409D16" w14:textId="77777777" w:rsidR="00FB503E" w:rsidRDefault="00FB503E" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="289CE660" w14:textId="77777777" w:rsidR="00FB503E" w:rsidRPr="00534080" w:rsidRDefault="00FB503E" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A1FB574" w14:textId="1D80FB69" w:rsidR="008A65DA" w:rsidRPr="00534080" w:rsidRDefault="008A65DA" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78399D91" w14:textId="555ECD3E" w:rsidR="008A65DA" w:rsidRPr="00534080" w:rsidRDefault="008A65DA" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="106F68F8" w14:textId="77777777" w:rsidR="008A65DA" w:rsidRPr="00534080" w:rsidRDefault="008A65DA" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2AAC472E" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F707196" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="000251C6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27C2623B" w14:textId="77777777" w:rsidR="000251C6" w:rsidRDefault="000251C6" w:rsidP="000251C6">
+    <w:p w14:paraId="34917A0E" w14:textId="12745DC7" w:rsidR="00FB503E" w:rsidRDefault="00FB503E">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000251C6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C2623B" w14:textId="199CEF35" w:rsidR="000251C6" w:rsidRDefault="000251C6" w:rsidP="000251C6">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000251C6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t>DECLARACIÓN RESPONSABLE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="673F49FF" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="00DB4DC3" w:rsidRDefault="000251C6" w:rsidP="000251C6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4DC3">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La persona investigadora principal del grupo o responsable del instituto o centro proponente de esta “Expresión de interés” </w:t>
       </w:r>
       <w:r w:rsidR="00B2415E">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DECLARA</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4DC3">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0206B04E" w14:textId="77777777" w:rsidR="00B2415E" w:rsidRDefault="00B2415E" w:rsidP="00B2415E">
+    <w:p w14:paraId="0206B04E" w14:textId="61949407" w:rsidR="00B2415E" w:rsidRDefault="00B2415E" w:rsidP="00B2415E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Que se compromete a c</w:t>
       </w:r>
       <w:r w:rsidR="000251C6" w:rsidRPr="00DB4DC3">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ofinanciar esta plaza “Beatriz Galindo” </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4DC3">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">durante 4 años </w:t>
       </w:r>
       <w:r w:rsidR="00DB4DC3" w:rsidRPr="00DB4DC3">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>en el caso de que resulte concedida por el Ministerio d</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">en el caso de que resulte concedida por el </w:t>
+      </w:r>
+      <w:r w:rsidR="00787C5F" w:rsidRPr="00787C5F">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">e </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB47A4">
+        <w:t>Ministerio de Ciencia, Innovación y Universidades</w:t>
+      </w:r>
+      <w:r w:rsidR="00787C5F">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Universidades</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (en adelante </w:t>
+        <w:t xml:space="preserve">(en adelante </w:t>
       </w:r>
       <w:r w:rsidR="00B47650">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MU</w:t>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00787C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ICI</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47650">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00337D35">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, sin renunciar a ese compromiso, una vez iniciado el proceso de selección de personas</w:t>
       </w:r>
       <w:r w:rsidR="00C45F90">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, es decir, </w:t>
       </w:r>
@@ -5058,98 +5106,96 @@
       <w:r w:rsidR="00DB4DC3" w:rsidRPr="00B2415E">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> General de Universidades</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y que este panel propondrá la persona seleccionada y una lista de suplentes.</w:t>
       </w:r>
       <w:r w:rsidR="00DB4DC3" w:rsidRPr="00B2415E">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D91085" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="00B2415E" w:rsidRDefault="00B2415E" w:rsidP="00B2415E">
+    <w:p w14:paraId="67D91085" w14:textId="099CAE0F" w:rsidR="000251C6" w:rsidRPr="00B2415E" w:rsidRDefault="00B2415E" w:rsidP="00B2415E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q</w:t>
       </w:r>
       <w:r w:rsidR="00DB4DC3" w:rsidRPr="00B2415E">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ue </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">acepta </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>acepta que</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1530">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>que</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>,</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB4DC3" w:rsidRPr="00B2415E">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">una vez </w:t>
       </w:r>
       <w:r w:rsidR="00337D35">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>seleccionada la persona</w:t>
       </w:r>
       <w:r w:rsidR="00DB4DC3" w:rsidRPr="00B2415E">
@@ -5188,145 +5234,237 @@
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ni</w:t>
       </w:r>
       <w:r w:rsidR="00DB4DC3" w:rsidRPr="00B2415E">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> proponer una distinta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D5BB694" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="00DB4DC3" w:rsidRDefault="000251C6" w:rsidP="000251C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="127813B3" w14:textId="77777777" w:rsidR="00DB4DC3" w:rsidRDefault="00DB4DC3" w:rsidP="00DB4DC3">
+    <w:p w14:paraId="127813B3" w14:textId="1BFFCB5A" w:rsidR="00DB4DC3" w:rsidRDefault="00DB4DC3" w:rsidP="00DB4DC3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4DC3">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Por su parte, la persona directora del Departamento o Instituto de la UPV/EHU a la que se adscribiría la plaza</w:t>
+        <w:t>Por su parte, la persona directora del Departamento de la UPV/EHU a la que se adscribiría la plaza</w:t>
       </w:r>
       <w:r w:rsidR="00B2415E">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> DECLARA</w:t>
       </w:r>
       <w:r w:rsidR="00470073">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23987BE4" w14:textId="77777777" w:rsidR="00DB4DC3" w:rsidRPr="00DB4DC3" w:rsidRDefault="00B2415E" w:rsidP="00B2415E">
+    <w:p w14:paraId="23987BE4" w14:textId="247FADB7" w:rsidR="00DB4DC3" w:rsidRPr="00DB4DC3" w:rsidRDefault="00B2415E" w:rsidP="00B2415E">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Que acepta</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB4DC3" w:rsidRPr="00DB4DC3">
+        <w:t>Que</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3480">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la incorporación de una persona docente e investigadora “Beatriz Galindo” </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB4DC3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB503E">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">a su Departamento o Instituto </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB4DC3" w:rsidRPr="00DB4DC3">
+        <w:t xml:space="preserve"> por decisión del Consejo de Departamento</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3480">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>en el caso de que la plaza sea concedida</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> reunido el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD3480">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> por el </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB47A4">
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD3480">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MU</w:t>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DD3480">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD3480">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 2026,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB503E">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>acepta</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4DC3" w:rsidRPr="00DB4DC3">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la incorporación de una persona docente e investigadora “Beatriz Galindo” </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4DC3">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a su Departamento </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4DC3" w:rsidRPr="00DB4DC3">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>en el caso de que la plaza sea concedida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por el </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB47A4">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00787C5F">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ICI</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB47A4">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00DB4DC3" w:rsidRPr="00DB4DC3">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD5A6B5" w14:textId="77777777" w:rsidR="00F51F90" w:rsidRPr="00DB4DC3" w:rsidRDefault="00F51F90" w:rsidP="00B12FC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E692F2B" w14:textId="4190A218" w:rsidR="00202299" w:rsidRPr="00DB4DC3" w:rsidRDefault="00D6347B" w:rsidP="00B12FC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
@@ -5587,121 +5725,141 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02662219" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="00CB292F" w:rsidRDefault="000251C6" w:rsidP="00B46003">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB292F">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>FIRMA Y SELLO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2336CBBC" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="00CB292F" w:rsidRDefault="000251C6" w:rsidP="00B46003">
+          <w:p w14:paraId="2336CBBC" w14:textId="6B4E0110" w:rsidR="000251C6" w:rsidRPr="00CB292F" w:rsidRDefault="000251C6" w:rsidP="00B46003">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003025DB">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Persona directora del Departamento</w:t>
             </w:r>
             <w:r w:rsidR="00DB4DC3" w:rsidRPr="003025DB">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> o Instituto de la UPV/EHU a la que se adscribiría la plaza</w:t>
+              <w:t xml:space="preserve"> de la UPV/EHU a</w:t>
+            </w:r>
+            <w:r w:rsidR="00492DB8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB4DC3" w:rsidRPr="003025DB">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> que se adscribiría la plaza</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D8B465C" w14:textId="77777777" w:rsidR="00202299" w:rsidRPr="00CB292F" w:rsidRDefault="00202299" w:rsidP="003B2330">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00202299" w:rsidRPr="00CB292F" w:rsidSect="00860812">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1819" w:right="1701" w:bottom="1702" w:left="1701" w:header="284" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D68EAA2" w14:textId="77777777" w:rsidR="00272C06" w:rsidRDefault="00272C06" w:rsidP="0044799F">
+    <w:p w14:paraId="388D9DD9" w14:textId="77777777" w:rsidR="00144A76" w:rsidRDefault="00144A76" w:rsidP="0044799F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C51F44D" w14:textId="77777777" w:rsidR="00272C06" w:rsidRDefault="00272C06" w:rsidP="0044799F">
+    <w:p w14:paraId="4ABB052B" w14:textId="77777777" w:rsidR="00144A76" w:rsidRDefault="00144A76" w:rsidP="0044799F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5999,61 +6157,61 @@
         <w:p w14:paraId="4A4AD280" w14:textId="77777777" w:rsidR="00CB0AB2" w:rsidRPr="00225BFE" w:rsidRDefault="00CB0AB2" w:rsidP="00AE533B">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="76FAA22C" w14:textId="77777777" w:rsidR="00CB0AB2" w:rsidRDefault="00CB0AB2">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18867F45" w14:textId="77777777" w:rsidR="00272C06" w:rsidRDefault="00272C06" w:rsidP="0044799F">
+    <w:p w14:paraId="494DAAE7" w14:textId="77777777" w:rsidR="00144A76" w:rsidRDefault="00144A76" w:rsidP="0044799F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C89DCF9" w14:textId="77777777" w:rsidR="00272C06" w:rsidRDefault="00272C06" w:rsidP="0044799F">
+    <w:p w14:paraId="4368E3CF" w14:textId="77777777" w:rsidR="00144A76" w:rsidRDefault="00144A76" w:rsidP="0044799F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AC38D69" w14:textId="53A4D61D" w:rsidR="00CB0AB2" w:rsidRDefault="00796DBB">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -6866,253 +7024,277 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1432701480">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="124547931">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="839851884">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="71776898">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1081103867">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A2548C"/>
     <w:rsid w:val="000251C6"/>
     <w:rsid w:val="00033DCB"/>
     <w:rsid w:val="000342A6"/>
     <w:rsid w:val="000A750D"/>
+    <w:rsid w:val="000C1CE5"/>
     <w:rsid w:val="000C30A3"/>
     <w:rsid w:val="000D0642"/>
+    <w:rsid w:val="00102E64"/>
     <w:rsid w:val="00132DE0"/>
+    <w:rsid w:val="00144A76"/>
     <w:rsid w:val="0015057B"/>
     <w:rsid w:val="00153E6E"/>
     <w:rsid w:val="00157CB1"/>
     <w:rsid w:val="0016179F"/>
     <w:rsid w:val="001619B5"/>
     <w:rsid w:val="00180CFE"/>
+    <w:rsid w:val="00186C4E"/>
     <w:rsid w:val="00194C18"/>
     <w:rsid w:val="001A10D7"/>
     <w:rsid w:val="001C0871"/>
     <w:rsid w:val="001F11BD"/>
     <w:rsid w:val="001F417E"/>
     <w:rsid w:val="001F43EB"/>
     <w:rsid w:val="00202299"/>
     <w:rsid w:val="0020700F"/>
     <w:rsid w:val="002116CD"/>
     <w:rsid w:val="00212805"/>
+    <w:rsid w:val="002337BC"/>
     <w:rsid w:val="00234BC3"/>
     <w:rsid w:val="00272C06"/>
     <w:rsid w:val="0027365E"/>
     <w:rsid w:val="002A4C2A"/>
     <w:rsid w:val="002C5C22"/>
     <w:rsid w:val="002C5DDA"/>
     <w:rsid w:val="002C7079"/>
     <w:rsid w:val="002E2648"/>
     <w:rsid w:val="002E723D"/>
     <w:rsid w:val="003025DB"/>
     <w:rsid w:val="00324CEF"/>
     <w:rsid w:val="00337D35"/>
     <w:rsid w:val="00354DF5"/>
     <w:rsid w:val="00364EA5"/>
     <w:rsid w:val="00376DAD"/>
     <w:rsid w:val="003B2330"/>
     <w:rsid w:val="003B2A7A"/>
     <w:rsid w:val="003E0CD7"/>
     <w:rsid w:val="0040210C"/>
     <w:rsid w:val="00433063"/>
     <w:rsid w:val="00440FB0"/>
     <w:rsid w:val="00446347"/>
     <w:rsid w:val="0044799F"/>
+    <w:rsid w:val="00454C46"/>
     <w:rsid w:val="00470073"/>
     <w:rsid w:val="00481FF7"/>
     <w:rsid w:val="00484E85"/>
     <w:rsid w:val="0048747C"/>
+    <w:rsid w:val="00492DB8"/>
+    <w:rsid w:val="004A1530"/>
+    <w:rsid w:val="00534080"/>
     <w:rsid w:val="005357D0"/>
     <w:rsid w:val="00535F02"/>
     <w:rsid w:val="00554823"/>
     <w:rsid w:val="00564BDF"/>
     <w:rsid w:val="00571DE9"/>
     <w:rsid w:val="005C72C4"/>
+    <w:rsid w:val="0066641A"/>
     <w:rsid w:val="006740C7"/>
     <w:rsid w:val="00693D2C"/>
     <w:rsid w:val="00696859"/>
     <w:rsid w:val="006B0BB6"/>
     <w:rsid w:val="006B36FD"/>
     <w:rsid w:val="006F456E"/>
     <w:rsid w:val="007028F6"/>
     <w:rsid w:val="0071336D"/>
     <w:rsid w:val="0072015D"/>
     <w:rsid w:val="00722C96"/>
     <w:rsid w:val="0074650D"/>
     <w:rsid w:val="007476E0"/>
     <w:rsid w:val="00767EA0"/>
     <w:rsid w:val="0077625F"/>
+    <w:rsid w:val="00787C5F"/>
     <w:rsid w:val="0079107B"/>
     <w:rsid w:val="007917BE"/>
     <w:rsid w:val="00796DBB"/>
     <w:rsid w:val="007B0313"/>
     <w:rsid w:val="007D32ED"/>
     <w:rsid w:val="007F551C"/>
     <w:rsid w:val="007F6C09"/>
     <w:rsid w:val="00821609"/>
     <w:rsid w:val="00837531"/>
     <w:rsid w:val="0084414D"/>
     <w:rsid w:val="00860412"/>
     <w:rsid w:val="00860812"/>
     <w:rsid w:val="00863933"/>
     <w:rsid w:val="00876646"/>
     <w:rsid w:val="008A65DA"/>
+    <w:rsid w:val="008A7425"/>
     <w:rsid w:val="00903864"/>
     <w:rsid w:val="0091145D"/>
     <w:rsid w:val="00925411"/>
+    <w:rsid w:val="0092551D"/>
     <w:rsid w:val="00944F1C"/>
     <w:rsid w:val="00954312"/>
+    <w:rsid w:val="00961AD7"/>
     <w:rsid w:val="00975C9A"/>
     <w:rsid w:val="009E1675"/>
     <w:rsid w:val="009E36CE"/>
     <w:rsid w:val="009E7F37"/>
     <w:rsid w:val="009F5E2B"/>
+    <w:rsid w:val="00A070EC"/>
     <w:rsid w:val="00A16C08"/>
     <w:rsid w:val="00A16DA3"/>
     <w:rsid w:val="00A2548C"/>
     <w:rsid w:val="00A36527"/>
     <w:rsid w:val="00A36973"/>
     <w:rsid w:val="00A42018"/>
+    <w:rsid w:val="00A44A42"/>
+    <w:rsid w:val="00A47A02"/>
+    <w:rsid w:val="00A81DFF"/>
     <w:rsid w:val="00AA160A"/>
     <w:rsid w:val="00AB7810"/>
     <w:rsid w:val="00AD212C"/>
     <w:rsid w:val="00AD4D08"/>
     <w:rsid w:val="00AE2900"/>
     <w:rsid w:val="00AE533B"/>
     <w:rsid w:val="00B12FC4"/>
     <w:rsid w:val="00B2415E"/>
     <w:rsid w:val="00B32728"/>
     <w:rsid w:val="00B46003"/>
     <w:rsid w:val="00B47650"/>
     <w:rsid w:val="00B477CA"/>
     <w:rsid w:val="00B5335E"/>
     <w:rsid w:val="00B709E4"/>
     <w:rsid w:val="00BB47A4"/>
     <w:rsid w:val="00BC22ED"/>
     <w:rsid w:val="00BE1B00"/>
     <w:rsid w:val="00BE7B6D"/>
     <w:rsid w:val="00C013FD"/>
     <w:rsid w:val="00C046C5"/>
     <w:rsid w:val="00C21A1D"/>
     <w:rsid w:val="00C45F90"/>
     <w:rsid w:val="00C85835"/>
     <w:rsid w:val="00C97C5A"/>
     <w:rsid w:val="00CB0AB2"/>
     <w:rsid w:val="00CB292F"/>
     <w:rsid w:val="00CB5C29"/>
     <w:rsid w:val="00CC6015"/>
     <w:rsid w:val="00D126AC"/>
     <w:rsid w:val="00D35866"/>
     <w:rsid w:val="00D57915"/>
     <w:rsid w:val="00D6347B"/>
     <w:rsid w:val="00D731FC"/>
     <w:rsid w:val="00DB4DC3"/>
     <w:rsid w:val="00DC02A8"/>
+    <w:rsid w:val="00DD3480"/>
     <w:rsid w:val="00DD6736"/>
     <w:rsid w:val="00DF3E75"/>
     <w:rsid w:val="00E21D60"/>
+    <w:rsid w:val="00E355A2"/>
     <w:rsid w:val="00E4061C"/>
     <w:rsid w:val="00E5632A"/>
     <w:rsid w:val="00E64B1E"/>
     <w:rsid w:val="00E95D46"/>
+    <w:rsid w:val="00EC73E7"/>
+    <w:rsid w:val="00ED0285"/>
     <w:rsid w:val="00ED7DED"/>
     <w:rsid w:val="00F25D0F"/>
     <w:rsid w:val="00F430E4"/>
     <w:rsid w:val="00F51F90"/>
     <w:rsid w:val="00F54DB0"/>
     <w:rsid w:val="00F56098"/>
     <w:rsid w:val="00F91FCF"/>
     <w:rsid w:val="00F94BD8"/>
     <w:rsid w:val="00FB048D"/>
+    <w:rsid w:val="00FB503E"/>
     <w:rsid w:val="00FE70B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="28673"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2D10102A"/>
   <w15:docId w15:val="{34E80454-45C7-4387-B3B6-0EEA94B74A8D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7716,61 +7898,71 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001619B5"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="008A65DA"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisin">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E355A2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pre-postdoc.dgi@ehu.eus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web-archive.oecd.org/2012-06-15/138575-38235147.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web-archive.oecd.org/2012-06-15/138575-38235147.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pre-postdoc.dgi@ehu.eus" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ehu.eus" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -8024,83 +8216,362 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100DA912BE114F76F47A6967ABAF7197A89" ma:contentTypeVersion="13" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="0e04dc36ad778d1735cac3dca499a932">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="0c8bd727-93a3-4ad8-a5f6-6ffbc7a17c90" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6f0dee33c8a8b3c44fd31e70356f44c0" ns3:_="">
+    <xsd:import namespace="0c8bd727-93a3-4ad8-a5f6-6ffbc7a17c90"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0c8bd727-93a3-4ad8-a5f6-6ffbc7a17c90" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="19" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="20" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Tipo de contenido"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Título"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="0c8bd727-93a3-4ad8-a5f6-6ffbc7a17c90" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE7AB7E0-A9C5-4863-B708-BEEEECFB372E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79319911-B92A-4A25-8A13-76419E44B1CB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="0c8bd727-93a3-4ad8-a5f6-6ffbc7a17c90"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FD4ED86-F934-4094-A5B2-8B3B2B613E7C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4DC532C-58BB-418F-9D1A-D1F032E07B76}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0c8bd727-93a3-4ad8-a5f6-6ffbc7a17c90"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>760</Words>
-  <Characters>4184</Characters>
+  <Words>782</Words>
+  <Characters>4301</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4935</CharactersWithSpaces>
+  <CharactersWithSpaces>5073</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>bczcomem</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DA912BE114F76F47A6967ABAF7197A89</vt:lpwstr>
+  </property>
+</Properties>
+</file>