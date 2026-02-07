--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,107 +6,154 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="10E2DA4D" w14:textId="4D5B303C" w:rsidR="0091583B" w:rsidRPr="00987970" w:rsidRDefault="0091583B" w:rsidP="0091583B">
+    <w:p w14:paraId="1D3D81CE" w14:textId="54B16816" w:rsidR="00702FA6" w:rsidRDefault="0091583B" w:rsidP="001063BF">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00987970">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>“BEATRIZ GALIND</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00987970">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">O” DOKTORATU ONDOKO DEIALDIA  (Unibertsitate </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00613F70">
+        <w:t>“BEATRIZ GALIND</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>Ministeritza) 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A95A67">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00702FA6">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” DOKTORATU ONDOKO DEIALDIA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69DD7FEE" w14:textId="77777777" w:rsidR="00A2548C" w:rsidRPr="00CB292F" w:rsidRDefault="00611725" w:rsidP="00440FB0">
+    <w:p w14:paraId="10E2DA4D" w14:textId="30A7ACCD" w:rsidR="0091583B" w:rsidRPr="00702FA6" w:rsidRDefault="0091583B" w:rsidP="001063BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00702FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00702FA6" w:rsidRPr="00702FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ministerio de Ciencia, Innovación y Universidades (MICIU)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00702FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69DD7FEE" w14:textId="77777777" w:rsidR="00A2548C" w:rsidRPr="00CB292F" w:rsidRDefault="00611725" w:rsidP="004757C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>INTERES ADIERAZPENA</w:t>
       </w:r>
       <w:r w:rsidR="00CB292F" w:rsidRPr="00CB292F">
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:i/>
           <w:sz w:val="28"/>
@@ -552,205 +599,282 @@
               <w:t>Ikertzaile nagusia:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5713" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0980580E" w14:textId="77777777" w:rsidR="00440FB0" w:rsidRPr="00CB292F" w:rsidRDefault="00440FB0" w:rsidP="003B2330">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00440FB0" w:rsidRPr="00CB292F" w14:paraId="27A42929" w14:textId="77777777" w:rsidTr="00503C05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2781" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="038FB712" w14:textId="77777777" w:rsidR="00440FB0" w:rsidRPr="00CB292F" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
+          <w:p w14:paraId="038FB712" w14:textId="2B9CFF67" w:rsidR="00440FB0" w:rsidRPr="00CB292F" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>ITRB kodea (aukerakoa):</w:t>
+              <w:t>ITRB kodea:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5713" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B6EE06A" w14:textId="77777777" w:rsidR="00440FB0" w:rsidRPr="00CB292F" w:rsidRDefault="00440FB0" w:rsidP="003B2330">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FCBDDE3" w14:textId="77777777" w:rsidR="00D57915" w:rsidRPr="00CB292F" w:rsidRDefault="00D57915" w:rsidP="00A2548C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2787"/>
         <w:gridCol w:w="5707"/>
       </w:tblGrid>
       <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="01C71E76" w14:textId="77777777" w:rsidTr="00503C05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0FDBE404" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
+          <w:p w14:paraId="0FDBE404" w14:textId="40FEDE78" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>SAILAREN edo INSTITUTUAREN ONARPENA</w:t>
+              <w:t>SAILAREN ONARPENA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="3EFB775A" w14:textId="77777777" w:rsidTr="00503C05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE84066" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="0079107B" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
+          <w:p w14:paraId="4EE84066" w14:textId="5F0AAAD0" w:rsidR="003E0CD7" w:rsidRPr="0079107B" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>Diru laguntza jasoz gero plaza atxikiko zaion UPV/EHUko sail edo institutuko arduradunaren onespena behar du dokumentu honek.</w:t>
+              <w:t>Diru laguntza jasoz gero plaza atxikiko zaion UPV/EHUko sail</w:t>
+            </w:r>
+            <w:r w:rsidR="008F0A95">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>aren kontseiluaren</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> onespena behar du dokumentu honek.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="77EA95DC" w14:textId="77777777" w:rsidTr="00503C05">
         <w:trPr>
           <w:trHeight w:val="376"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2787" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501E908F" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
+          <w:p w14:paraId="501E908F" w14:textId="3747C395" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>Saila/institutua:</w:t>
+              <w:t>Saila:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5707" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F9CA81F" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="003E0CD7" w:rsidP="0027365E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00146999" w:rsidRPr="00CB292F" w14:paraId="4BD8275D" w14:textId="77777777" w:rsidTr="0032461F">
+        <w:trPr>
+          <w:trHeight w:val="475"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1617B0ED" w14:textId="40588A7D" w:rsidR="00146999" w:rsidRPr="00CB292F" w:rsidRDefault="00146999" w:rsidP="0032461F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>Saileko kontseiluaren bileraren data</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5707" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25EB3836" w14:textId="77777777" w:rsidR="00146999" w:rsidRPr="00CB292F" w:rsidRDefault="00146999" w:rsidP="0032461F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w14:paraId="0378C701" w14:textId="77777777" w:rsidTr="00503C05">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2787" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D8408A3" w14:textId="77777777" w:rsidR="003E0CD7" w:rsidRPr="00CB292F" w:rsidRDefault="00AF40B5" w:rsidP="00C64B46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
@@ -1663,58 +1787,69 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650C7AC6" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00CB292F" w:rsidRDefault="00F56098" w:rsidP="0027365E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3760" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ACEE0C3" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00CB292F" w:rsidRDefault="001C47D3" w:rsidP="00C64B46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>Biomedikuntza (BMED)</w:t>
+              <w:t>Biomedikuntza</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (BMED)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="419" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D9162B8" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00CB292F" w:rsidRDefault="00F56098" w:rsidP="0027365E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3929" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D850A6E" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00CB292F" w:rsidRDefault="001C47D3" w:rsidP="00C64B46">
             <w:pPr>
@@ -2355,52 +2490,52 @@
           </w:tcPr>
           <w:p w14:paraId="1258B810" w14:textId="77777777" w:rsidR="00C61F9B" w:rsidRPr="00C046C5" w:rsidRDefault="00C61F9B" w:rsidP="00C07033"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="574B3AFD" w14:textId="77777777" w:rsidR="00C61F9B" w:rsidRPr="00CB292F" w:rsidRDefault="00C61F9B" w:rsidP="00F56098">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2064"/>
         <w:gridCol w:w="2922"/>
         <w:gridCol w:w="389"/>
-        <w:gridCol w:w="2672"/>
-        <w:gridCol w:w="447"/>
+        <w:gridCol w:w="2842"/>
+        <w:gridCol w:w="277"/>
       </w:tblGrid>
       <w:tr w:rsidR="00446347" w:rsidRPr="00CB292F" w14:paraId="616321EB" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7C22E2C9" w14:textId="77777777" w:rsidR="00446347" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C64B46">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
@@ -2417,51 +2552,73 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3319199A" w14:textId="77777777" w:rsidR="00324CEF" w:rsidRPr="0079107B" w:rsidRDefault="001C47D3" w:rsidP="00F855F8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">UPV/EHUko ikertalde, unibertsitate institutu edo </w:t>
+              <w:t xml:space="preserve">UPV/EHUko </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>ikertalde</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, unibertsitate institutu edo </w:t>
             </w:r>
             <w:r w:rsidR="003D16E8" w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t>nortasun juridikorik gabeko entitate</w:t>
             </w:r>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> bakoitzak </w:t>
             </w:r>
             <w:r w:rsidR="00F855F8">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:i/>
@@ -2554,192 +2711,249 @@
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6D697EC6" w14:textId="77777777" w:rsidR="00446347" w:rsidRPr="00CB292F" w:rsidRDefault="001C47D3" w:rsidP="00C64B46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>NANa edo AIZa:</w:t>
+              <w:t xml:space="preserve">NANa edo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>AIZa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6430" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03316300" w14:textId="77777777" w:rsidR="00446347" w:rsidRPr="00CB292F" w:rsidRDefault="00446347" w:rsidP="003B2330">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00767EA0" w:rsidRPr="00CB292F" w14:paraId="15CF9C3E" w14:textId="77777777" w:rsidTr="00F855F8">
+      <w:tr w:rsidR="00767EA0" w:rsidRPr="00CB292F" w14:paraId="15CF9C3E" w14:textId="77777777" w:rsidTr="00CE6025">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26BB9588" w14:textId="77777777" w:rsidR="00767EA0" w:rsidRPr="00CB292F" w:rsidRDefault="001C47D3" w:rsidP="00C64B46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t>Deialdiaren modalitatea</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2922" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05643E34" w14:textId="77777777" w:rsidR="00767EA0" w:rsidRPr="00767EA0" w:rsidRDefault="00767EA0" w:rsidP="00C64B46">
-            <w:pPr>
+          <w:p w14:paraId="05643E34" w14:textId="1201FC5F" w:rsidR="00767EA0" w:rsidRPr="00767EA0" w:rsidRDefault="00767EA0" w:rsidP="00CE6025">
+            <w:pPr>
+              <w:ind w:left="-47" w:right="-72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00767EA0">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001C47D3" w:rsidRPr="00C64B46">
-[...8 lines deleted...]
-              <w:t>Junior (gehienez zazpi urteko esperientzia atzerrian)</w:t>
+            <w:r w:rsidR="001C47D3" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Junior</w:t>
+            </w:r>
+            <w:r w:rsidR="004279DF" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001C47D3" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>(gehienez zazpi urteko esperientzia atzerrian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71B3026A" w14:textId="77777777" w:rsidR="00767EA0" w:rsidRPr="00CB292F" w:rsidRDefault="00767EA0" w:rsidP="00767EA0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2672" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B709F2E" w14:textId="77777777" w:rsidR="00767EA0" w:rsidRPr="00157CB1" w:rsidRDefault="001C47D3" w:rsidP="00C64B46">
-            <w:pPr>
+          <w:p w14:paraId="7B709F2E" w14:textId="77777777" w:rsidR="00767EA0" w:rsidRPr="00157CB1" w:rsidRDefault="001C47D3" w:rsidP="00CE6025">
+            <w:pPr>
+              <w:ind w:left="-102" w:right="-130"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>Senior (gutxienez zazpi urteko esperientzia atzerrian)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="447" w:type="dxa"/>
+              <w:t xml:space="preserve">Senior </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>(gutxienez zazpi urteko esperientzia atzerrian)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A979F86" w14:textId="77777777" w:rsidR="00767EA0" w:rsidRPr="00CB292F" w:rsidRDefault="00767EA0" w:rsidP="00767EA0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F855F8" w:rsidRPr="00CB292F" w14:paraId="69E1A19C" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="58A9B1B7" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
@@ -2781,192 +2995,240 @@
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1001D27D" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>NANa edo AIZa:</w:t>
+              <w:t xml:space="preserve">NANa edo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>AIZa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6430" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="30F4CB2B" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F855F8" w:rsidRPr="00CB292F" w14:paraId="3A823644" w14:textId="77777777" w:rsidTr="00F855F8">
+      <w:tr w:rsidR="00F855F8" w:rsidRPr="00CB292F" w14:paraId="3A823644" w14:textId="77777777" w:rsidTr="00CE6025">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DF33B6C" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t>Deialdiaren modalitatea</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2922" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="273BA183" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00767EA0" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
-            <w:pPr>
+          <w:p w14:paraId="273BA183" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00767EA0" w:rsidRDefault="00F855F8" w:rsidP="00CE6025">
+            <w:pPr>
+              <w:ind w:left="-47"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00767EA0">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>Junior (gehienez zazpi urteko esperientzia atzerrian)</w:t>
+              <w:t xml:space="preserve">Junior </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>(gehienez zazpi urteko esperientzia atzerrian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35AFDB0F" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2672" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36739854" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00157CB1" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
-            <w:pPr>
+          <w:p w14:paraId="36739854" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00157CB1" w:rsidRDefault="00F855F8" w:rsidP="00CE6025">
+            <w:pPr>
+              <w:ind w:left="-102" w:right="-107"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>Senior (gutxienez zazpi urteko esperientzia atzerrian)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="447" w:type="dxa"/>
+              <w:t xml:space="preserve">Senior </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>(gutxienez zazpi urteko esperientzia atzerrian)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA7AC1B" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F855F8" w:rsidRPr="00CB292F" w14:paraId="253B6E71" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="306899DC" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
@@ -3008,509 +3270,548 @@
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7408B692" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>NANa edo AIZa:</w:t>
+              <w:t xml:space="preserve">NANa edo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>AIZa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C64B46">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6430" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D50F0DC" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F855F8" w:rsidRPr="00CB292F" w14:paraId="39F0DD18" w14:textId="77777777" w:rsidTr="00F855F8">
+      <w:tr w:rsidR="00F855F8" w:rsidRPr="00CB292F" w14:paraId="39F0DD18" w14:textId="77777777" w:rsidTr="00CE6025">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2064" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07532F6C" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t>Deialdiaren modalitatea</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2922" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4EEAEC" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00767EA0" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
-            <w:pPr>
+          <w:p w14:paraId="1D4EEAEC" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00767EA0" w:rsidRDefault="00F855F8" w:rsidP="00CE6025">
+            <w:pPr>
+              <w:ind w:left="-47"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00767EA0">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>Junior (gehienez zazpi urteko esperientzia atzerrian)</w:t>
+              <w:t xml:space="preserve">Junior </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>(gehienez zazpi urteko esperientzia atzerrian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="389" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77972B69" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2672" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D694683" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00157CB1" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
-            <w:pPr>
+          <w:p w14:paraId="7D694683" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00157CB1" w:rsidRDefault="00F855F8" w:rsidP="00CE6025">
+            <w:pPr>
+              <w:ind w:left="-102" w:right="-107"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
-              <w:t>Senior (gutxienez zazpi urteko esperientzia atzerrian)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="447" w:type="dxa"/>
+              <w:t xml:space="preserve">Senior </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>(gutxienez zazpi urteko esperientzia atzerrian)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AC31B08" w14:textId="77777777" w:rsidR="00F855F8" w:rsidRPr="00CB292F" w:rsidRDefault="00F855F8" w:rsidP="00C32AD7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4EBD40DD" w14:textId="77777777" w:rsidR="00D00A12" w:rsidRDefault="00D00A12" w:rsidP="00A2548C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8508" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8494"/>
+        <w:gridCol w:w="8508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE2900" w:rsidRPr="00CB292F" w14:paraId="1954CAD3" w14:textId="77777777" w:rsidTr="000C409D">
-[...2 lines deleted...]
-            <w:tcW w:w="8644" w:type="dxa"/>
+      <w:tr w:rsidR="00AE2900" w:rsidRPr="00CB292F" w14:paraId="1954CAD3" w14:textId="77777777" w:rsidTr="00CE6025">
+        <w:trPr>
+          <w:trHeight w:val="222"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8508" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4D6E3E31" w14:textId="77777777" w:rsidR="00AE2900" w:rsidRPr="00CB292F" w:rsidRDefault="000C409D" w:rsidP="00C64B46">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C64B46">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t>KONTRATAZIOA KOFINANTZATZEKO PLANA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE2900" w:rsidRPr="0079107B" w14:paraId="42B2B4A6" w14:textId="77777777" w:rsidTr="000C409D">
-[...2 lines deleted...]
-            <w:tcW w:w="8644" w:type="dxa"/>
+      <w:tr w:rsidR="00AE2900" w:rsidRPr="0079107B" w14:paraId="42B2B4A6" w14:textId="77777777" w:rsidTr="00CE6025">
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8508" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="64F5BF24" w14:textId="77777777" w:rsidR="00AE2900" w:rsidRPr="0079107B" w:rsidRDefault="000C409D" w:rsidP="00C61F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64B46">
-[...12 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Azaldu lau urtean zehar ikertzailearen kontratua </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>kofinantzatzeko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D16E8" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> plana</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C64B46">
-[...22 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, kontuan hartuta senior modalitatean urtean </w:t>
+            </w:r>
+            <w:r w:rsidR="00646987" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">gutxienez </w:t>
             </w:r>
-            <w:r w:rsidRPr="00646987">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t>25.000 euro eta junior modalitatean urtea</w:t>
             </w:r>
-            <w:r w:rsidR="003D16E8" w:rsidRPr="00646987">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="003D16E8" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">n </w:t>
             </w:r>
-            <w:r w:rsidR="00646987" w:rsidRPr="00646987">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="00646987" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">gutxienez </w:t>
             </w:r>
-            <w:r w:rsidR="00C61F9B" w:rsidRPr="00646987">
-[...2 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="00C61F9B" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
-            <w:r w:rsidR="003D16E8" w:rsidRPr="00646987">
-[...22 lines deleted...]
-                <w:i/>
+            <w:r w:rsidR="003D16E8" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="eu-ES"/>
+              </w:rPr>
+              <w:t>000 euro jarri beharko dir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t>ela. Zehaztu proiektuen ITRB kodea eta abar.</w:t>
             </w:r>
-            <w:r w:rsidR="00AE2900">
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="00AE2900" w:rsidRPr="00CE6025">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:i/>
+                <w:color w:val="EE0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE2900" w:rsidRPr="00CB292F" w14:paraId="10B125CA" w14:textId="77777777" w:rsidTr="00503C05">
+      <w:tr w:rsidR="00AE2900" w:rsidRPr="00CB292F" w14:paraId="10B125CA" w14:textId="77777777" w:rsidTr="00CE6025">
         <w:trPr>
-          <w:trHeight w:val="2429"/>
+          <w:trHeight w:val="1644"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8644" w:type="dxa"/>
+            <w:tcW w:w="8508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CC925B6" w14:textId="77777777" w:rsidR="00AE2900" w:rsidRDefault="00AE2900" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BB8960E" w14:textId="77777777" w:rsidR="00AE2900" w:rsidRDefault="00AE2900" w:rsidP="00AE2900">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63614FE1" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00AE2900">
-[...71 lines deleted...]
-          <w:p w14:paraId="79FD97B0" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00CB292F" w:rsidRDefault="00F56098" w:rsidP="00AE2900">
+          <w:p w14:paraId="28322C1A" w14:textId="77777777" w:rsidR="00981FDE" w:rsidRDefault="00981FDE" w:rsidP="00AE2900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5561BCA7" w14:textId="77777777" w:rsidR="00981FDE" w:rsidRDefault="00981FDE" w:rsidP="00AE2900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11F7C68C" w14:textId="77777777" w:rsidR="00981FDE" w:rsidRDefault="00981FDE" w:rsidP="00AE2900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="710583A6" w14:textId="77777777" w:rsidR="00981FDE" w:rsidRDefault="00981FDE" w:rsidP="00AE2900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09A095B6" w14:textId="77777777" w:rsidR="00981FDE" w:rsidRDefault="00981FDE" w:rsidP="00AE2900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FF6B28A" w14:textId="77777777" w:rsidR="00981FDE" w:rsidRDefault="00981FDE" w:rsidP="00AE2900">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79FD97B0" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00CB292F" w:rsidRDefault="00F56098" w:rsidP="00146999">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="77036AC1" w14:textId="20E5C02D" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00503C05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2415"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="343"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -3588,211 +3889,352 @@
             </w:r>
             <w:r w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:lang w:val="eu-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
               <w:t>(5.3</w:t>
             </w:r>
             <w:r w:rsidR="005E2B53" w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
               <w:t>.1.a</w:t>
             </w:r>
             <w:r w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
-              <w:t xml:space="preserve"> artikulua)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>artikulua</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="72697145" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="482E48F6" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
-[...99 lines deleted...]
-          <w:p w14:paraId="258174C5" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00D6347B" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+          <w:p w14:paraId="482E48F6" w14:textId="21FE9013" w:rsidR="00F56098" w:rsidRPr="00702FA6" w:rsidRDefault="00146999" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Hizkuntz-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>gaitasunaren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>betekizunak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>zehatu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>behar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00702FA6">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>dira</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A441CE1" w14:textId="77777777" w:rsidR="00146999" w:rsidRDefault="00146999" w:rsidP="00146999"/>
+          <w:p w14:paraId="6AB883DE" w14:textId="77777777" w:rsidR="00146999" w:rsidRPr="0032461F" w:rsidRDefault="00146999" w:rsidP="00146999">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A6B6157" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00702FA6" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34823DAB" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00702FA6" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="038494A7" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00702FA6" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="104781BE" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00702FA6" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22491CE8" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00702FA6" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="258174C5" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00D6347B" w:rsidRDefault="00F56098" w:rsidP="00146999">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="64B867FD" w14:textId="77777777" w:rsidTr="00646987">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="522B5DC0" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00646987" w:rsidRDefault="00646987" w:rsidP="00332F43">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00646987">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ikerketa-premiaren eta unibertsitatearen ezagutzaren transferentziaren </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Ikerketa-premiaren eta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00646987">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>unibertsitatearen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00646987">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00646987">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>ezagutzaren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00646987">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00646987">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>transferentziaren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00646987">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
-              <w:t>proiektua (5.3</w:t>
+              <w:t>proiektua</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5.3</w:t>
             </w:r>
             <w:r w:rsidR="00332F43" w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
               <w:t>.1.b</w:t>
             </w:r>
             <w:r w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
-              <w:t xml:space="preserve"> artikulua)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>artikulua</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="336D2BA3" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="117A3B91" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="194BD74F" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
@@ -3834,60 +4276,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="289CEDC2" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2759F369" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40DBC502" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
-            <w:pPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="4A21AA9A" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="089ABDBA" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="69D42B94" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5537" w:type="dxa"/>
@@ -3924,80 +4356,132 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="7ACEF362" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B98AA6E" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00F855F8" w:rsidRDefault="00F855F8" w:rsidP="00332F43">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F855F8">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hautatutako pertsona integratzeko </w:t>
-            </w:r>
+              <w:t>Hautatutako</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F855F8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F855F8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>pertsona</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F855F8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F855F8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>integratzeko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F855F8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
-              <w:t>prozesua (5.3</w:t>
+              <w:t>prozesua</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5.3</w:t>
             </w:r>
             <w:r w:rsidR="00332F43" w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
               <w:t>.1.c</w:t>
             </w:r>
             <w:r w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
-              <w:t xml:space="preserve"> art</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+              </w:rPr>
+              <w:t>art</w:t>
             </w:r>
             <w:r w:rsidR="00D00A12" w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
               <w:t>ikulua</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00613F70">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="288BD41D" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:trPr>
           <w:trHeight w:val="485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="705BE3FF" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
@@ -4053,71 +4537,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7430C6BE" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E4555EC" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="14FDF729" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
-[...19 lines deleted...]
-          <w:p w14:paraId="7F7AE40D" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00F777A7" w:rsidRDefault="00F56098" w:rsidP="00F56098">
+          <w:p w14:paraId="7F7AE40D" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00F777A7" w:rsidRDefault="00F56098" w:rsidP="00146999">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="1865D3CF" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:trPr>
           <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4147,81 +4611,155 @@
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="3BDE0151" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="157B7256" w14:textId="77777777" w:rsidR="00F56098" w:rsidRPr="00B12FC4" w:rsidRDefault="00D00A12" w:rsidP="00332F43">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D00A12">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Unibertsitatean lortu nahi den </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00613F70">
+              <w:t>Unibertsitatean</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D00A12">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>eragina (5.3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00332F43" w:rsidRPr="00613F70">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D00A12">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>.1.d</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00613F70">
+              <w:t>lortu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D00A12">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> artikulua)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D00A12">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>nahi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D00A12">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> den </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>eragina</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5.3</w:t>
+            </w:r>
+            <w:r w:rsidR="00332F43" w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>.1.d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>artikulua</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00613F70">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:eastAsia="Times New Roman" w:hAnsi="EHUSerif" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="es-ES"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F56098" w14:paraId="65B60A5F" w14:textId="77777777" w:rsidTr="00F855F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8494" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EE5637B" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51264478" w14:textId="77777777" w:rsidR="00F56098" w:rsidRDefault="00F56098" w:rsidP="00F56098">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
@@ -4306,51 +4844,74 @@
               <w:rPr>
                 <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33ACE207" w14:textId="77777777" w:rsidR="00D00A12" w:rsidRDefault="00D00A12" w:rsidP="000C409D">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A67F8D1" w14:textId="77777777" w:rsidR="00D00A12" w:rsidRDefault="00D00A12" w:rsidP="000C409D">
+    <w:p w14:paraId="0A67F8D1" w14:textId="2F559F4F" w:rsidR="00540CE4" w:rsidRDefault="00540CE4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CD5605" w14:textId="77777777" w:rsidR="00D00A12" w:rsidRDefault="00D00A12" w:rsidP="000C409D">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="028023B0" w14:textId="77777777" w:rsidR="000251C6" w:rsidRDefault="000C409D" w:rsidP="000C409D">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -4361,130 +4922,187 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>ERANTZUKIZUNPEKO ADIERAZPENA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E5BF07" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="00DB4DC3" w:rsidRDefault="000C409D" w:rsidP="000C409D">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>«Interes adierazpen» hau proposatzen duen ikertaldeko ikertzaile nagusiak edo institutuaren edo gunearen arduradunak honako hau ADIERAZTEN DU:</w:t>
+        <w:t xml:space="preserve">«Interes adierazpen» hau proposatzen duen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>ikertaldeko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ikertzaile nagusiak edo institutuaren edo gunearen arduradunak honako hau ADIERAZTEN DU:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70DE29D6" w14:textId="77777777" w:rsidR="00B2415E" w:rsidRDefault="000C409D" w:rsidP="000C409D">
+    <w:p w14:paraId="70DE29D6" w14:textId="5726F2AF" w:rsidR="00B2415E" w:rsidRDefault="000C409D" w:rsidP="000C409D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>Konpromisoa hartzen duela</w:t>
       </w:r>
       <w:r w:rsidR="003D16E8" w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C61F9B">
+      <w:r w:rsidR="00702FA6" w:rsidRPr="00702FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ministerio de Ciencia, Innovación y Universidades</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>Ministerio de Universidades</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C64B46">
+        <w:t xml:space="preserve"> (aurrerantzean </w:t>
+      </w:r>
+      <w:r w:rsidR="00C61F9B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (aurrerantzean </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C61F9B">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00702FA6">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>MU</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C64B46">
+        <w:t>ICI</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61F9B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>) laguntza jasoz gero «Beatriz Galindo» plaza hau lau urtez kofinantzatzeko, eta ez diola uko egingo konpromiso horri hautagaiak aukeratzeko prozesua behin hasita</w:t>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) laguntza jasoz gero «Beatriz Galindo» plaza hau lau urtez </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>kofinantzatzeko</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>, eta ez diola uko egingo konpromiso horri hautagaiak aukeratzeko prozesua behin hasita</w:t>
       </w:r>
       <w:r w:rsidR="003D16E8" w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>, hau da, hautagaia</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>k aurkezteko epea irekitzean.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15F7F3B7" w14:textId="77777777" w:rsidR="00B2415E" w:rsidRDefault="000C409D" w:rsidP="000C409D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4519,51 +5137,71 @@
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>nibertsitateen idazkari nagusiak izendatutako nazioarteko adituen talde b</w:t>
       </w:r>
       <w:r w:rsidR="003D16E8" w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>atek ebaluatuko dituela eskariak</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>, eta ebaluatzaileok hautagai bat eta ordezkoen zerrenda bat proposatuko d</w:t>
+        <w:t xml:space="preserve">, eta </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>ebaluatzaileok</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hautagai bat eta ordezkoen zerrenda bat proposatuko d</w:t>
       </w:r>
       <w:r w:rsidR="003D16E8" w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="003D16E8" w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
@@ -4588,215 +5226,393 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644D7D48" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="00B2415E" w:rsidRDefault="000C409D" w:rsidP="000C409D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Onartzen duela hautagaia behin aukeratua izanez gero, ikertaldeak, institutuak edo dena delako </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D16E8" w:rsidRPr="00C64B46">
+        <w:t xml:space="preserve">Onartzen duela hautagaia behin aukeratua izanez gero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>gune</w:t>
-      </w:r>
+        <w:t>ikertaldeak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
+        <w:t xml:space="preserve">, institutuak edo dena delako </w:t>
+      </w:r>
+      <w:r w:rsidR="003D16E8" w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>gune</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
         <w:t>ak ezin izango diola uko egin pertsona hori hartzeari, eta ezin izango duela haren ordez beste bat proposatu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BCC3024" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="00DB4DC3" w:rsidRDefault="000251C6" w:rsidP="000251C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="335F87A8" w14:textId="77777777" w:rsidR="00DB4DC3" w:rsidRDefault="000C409D" w:rsidP="000C409D">
+    <w:p w14:paraId="335F87A8" w14:textId="040D9E46" w:rsidR="00DB4DC3" w:rsidRDefault="000C409D" w:rsidP="000C409D">
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C64B46">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>Bestalde, plaza atxikiko litzaiokeen UPV/EHUko ikertalde, sail edo institutuko zuzendariak honako hau ADIERAZTEN DU:</w:t>
+        <w:t>Bestalde, plaza atxikiko litzaiokeen UPV/EHUko sail</w:t>
+      </w:r>
+      <w:r w:rsidR="00540CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>aren</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C64B46">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zuzendariak honako hau ADIERAZTEN DU:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72E402CF" w14:textId="77777777" w:rsidR="00F51F90" w:rsidRPr="00C61F9B" w:rsidRDefault="000C409D" w:rsidP="00414292">
+    <w:p w14:paraId="72E402CF" w14:textId="03E1DF23" w:rsidR="00F51F90" w:rsidRPr="00C61F9B" w:rsidRDefault="000C409D" w:rsidP="00414292">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="280" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61F9B">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prest dagoela, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C61F9B" w:rsidRPr="00C61F9B">
+        <w:t>Prest dagoela</w:t>
+      </w:r>
+      <w:r w:rsidR="00540CE4">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>MU</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C61F9B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00540CE4" w:rsidRPr="00702FA6">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="eu-ES"/>
         </w:rPr>
-        <w:t>k plaza esleituz gero, «Beatriz Galindo» irakasle-ikertzaile bat bere sail edo institutuan hartzeko.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
+        <w:t xml:space="preserve">Sailaren Kontseiluak 2026ko urtarrilaren </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00540CE4" w:rsidRPr="00702FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>xxan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00540CE4" w:rsidRPr="00702FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> egindako bileran erabaki zuenez</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C61F9B" w:rsidRPr="00C61F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00702FA6">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>ICI</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61F9B" w:rsidRPr="00C61F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C61F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plaza esleituz gero, «Beatriz Galindo» irakasle-ikertzaile bat bere sail</w:t>
+      </w:r>
+      <w:r w:rsidR="00540CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ean </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="eu-ES"/>
+        </w:rPr>
+        <w:t>hartzeko.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304CA3AE" w14:textId="315C46E1" w:rsidR="00202299" w:rsidRPr="003D16E8" w:rsidRDefault="00D6347B" w:rsidP="00B12FC4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D16E8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C409D" w:rsidRPr="003D16E8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">……………………………………., </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0079107B" w:rsidRPr="00A95A67">
+        <w:t>………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000C409D" w:rsidRPr="003D16E8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005E4E46" w:rsidRPr="00A95A67">
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000C409D" w:rsidRPr="003D16E8">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A95A67" w:rsidRPr="00A95A67">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0079107B" w:rsidRPr="00A95A67">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C409D" w:rsidRPr="00A95A67">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="005E4E46" w:rsidRPr="00A95A67">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ko ……………………………….aren</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C409D" w:rsidRPr="003D16E8">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95A67" w:rsidRPr="00A95A67">
         <w:rPr>
           <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> …………………….a</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="000C409D" w:rsidRPr="00A95A67">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ko …………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000C409D" w:rsidRPr="00A95A67">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000C409D" w:rsidRPr="00A95A67">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aren</w:t>
+      </w:r>
+      <w:r w:rsidR="000C409D" w:rsidRPr="003D16E8">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000C409D" w:rsidRPr="003D16E8">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000C409D" w:rsidRPr="003D16E8">
+        <w:rPr>
+          <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4014"/>
         <w:gridCol w:w="4067"/>
       </w:tblGrid>
       <w:tr w:rsidR="000251C6" w:rsidRPr="003D16E8" w14:paraId="754F9524" w14:textId="77777777" w:rsidTr="00925411">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4014" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A7CB412" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="003D16E8" w:rsidRDefault="000251C6" w:rsidP="00A2548C">
@@ -4929,151 +5745,351 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D16E8">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SINADURA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31F0F91C" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="003D16E8" w:rsidRDefault="00C13445" w:rsidP="00F430E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003D16E8">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ikertaldeko IN edo institutu edo gunearen arduraduna</w:t>
-            </w:r>
+              <w:t>Ikertaldeko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IN </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>institutu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>edo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gunearen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>arduraduna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4067" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04917DF1" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="003D16E8" w:rsidRDefault="00C13445" w:rsidP="00B46003">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D16E8">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SINADURA ETA ZIGILUA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C994710" w14:textId="77777777" w:rsidR="000251C6" w:rsidRPr="003D16E8" w:rsidRDefault="00C13445" w:rsidP="00B46003">
+          <w:p w14:paraId="5C994710" w14:textId="0B39E96E" w:rsidR="000251C6" w:rsidRPr="003D16E8" w:rsidRDefault="00C13445" w:rsidP="00B46003">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D16E8">
               <w:rPr>
                 <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Plaza atxikiko litzaiokeen sail edo institutuko zuzendaria</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Plaza </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>atxikiko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>litzaiokeen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sail</w:t>
+            </w:r>
+            <w:r w:rsidR="00540CE4">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>aren</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003D16E8">
+              <w:rPr>
+                <w:rFonts w:ascii="EHUSerif" w:hAnsi="EHUSerif"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>zuzendaria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C0F4059" w14:textId="77777777" w:rsidR="00202299" w:rsidRPr="00CB292F" w:rsidRDefault="00202299" w:rsidP="00A95A67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00202299" w:rsidRPr="00CB292F" w:rsidSect="00503C05">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1819" w:right="1701" w:bottom="1418" w:left="1701" w:header="426" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50579E8E" w14:textId="77777777" w:rsidR="009F515D" w:rsidRDefault="009F515D" w:rsidP="0044799F">
+    <w:p w14:paraId="4CBD9953" w14:textId="77777777" w:rsidR="00790310" w:rsidRDefault="00790310" w:rsidP="0044799F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EAEE8B3" w14:textId="77777777" w:rsidR="009F515D" w:rsidRDefault="009F515D" w:rsidP="0044799F">
+    <w:p w14:paraId="13F3E001" w14:textId="77777777" w:rsidR="00790310" w:rsidRDefault="00790310" w:rsidP="0044799F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5285,117 +6301,148 @@
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00225BFE">
             <w:rPr>
               <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
             <w:t>CAMPUS DE BIZKAIA</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="6D03C217" w14:textId="77777777" w:rsidR="00CB0AB2" w:rsidRPr="00225BFE" w:rsidRDefault="00CB0AB2" w:rsidP="00AE533B">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00225BFE">
             <w:rPr>
               <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
-            <w:t>Sarriena Auzoa, z/g</w:t>
+            <w:t>Sarriena</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00225BFE">
+            <w:rPr>
+              <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+              <w:lang w:val="pt-BR"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidRPr="00225BFE">
+            <w:rPr>
+              <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+              <w:lang w:val="pt-BR"/>
+            </w:rPr>
+            <w:t>Auzoa</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r w:rsidRPr="00225BFE">
+            <w:rPr>
+              <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+              <w:lang w:val="pt-BR"/>
+            </w:rPr>
+            <w:t>, z/g</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="4439D627" w14:textId="77777777" w:rsidR="00CB0AB2" w:rsidRPr="00225BFE" w:rsidRDefault="00CB0AB2" w:rsidP="00AE533B">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00225BFE">
             <w:rPr>
               <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
             <w:t>48940 LEIOA</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="79D98249" w14:textId="77777777" w:rsidR="00CB0AB2" w:rsidRPr="00225BFE" w:rsidRDefault="00CB0AB2" w:rsidP="00AE533B">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="EHUSans" w:hAnsi="EHUSans" w:cs="Arial"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:lang w:val="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3FD9E5EB" w14:textId="77777777" w:rsidR="00CB0AB2" w:rsidRDefault="00CB0AB2">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D7AC17D" w14:textId="77777777" w:rsidR="009F515D" w:rsidRDefault="009F515D" w:rsidP="0044799F">
+    <w:p w14:paraId="38D77861" w14:textId="77777777" w:rsidR="00790310" w:rsidRDefault="00790310" w:rsidP="0044799F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AF94E03" w14:textId="77777777" w:rsidR="009F515D" w:rsidRDefault="009F515D" w:rsidP="0044799F">
+    <w:p w14:paraId="4040C50A" w14:textId="77777777" w:rsidR="00790310" w:rsidRDefault="00790310" w:rsidP="0044799F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3CF537BC" w14:textId="798C1016" w:rsidR="00CB0AB2" w:rsidRDefault="008A514D">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -6176,249 +7223,270 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1362507804">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="320089396">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1720587861">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1438017074">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1730106958">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="eu-ES" w:vendorID="9" w:dllVersion="525" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="eu-ES" w:vendorID="13" w:dllVersion="512" w:checkStyle="1"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:revisionView w:markup="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A2548C"/>
     <w:rsid w:val="000251C6"/>
     <w:rsid w:val="00033DCB"/>
     <w:rsid w:val="000342A6"/>
     <w:rsid w:val="000A750D"/>
     <w:rsid w:val="000C409D"/>
     <w:rsid w:val="000D0642"/>
+    <w:rsid w:val="001063BF"/>
     <w:rsid w:val="00132DE0"/>
+    <w:rsid w:val="00146999"/>
     <w:rsid w:val="0015057B"/>
     <w:rsid w:val="00153E6E"/>
     <w:rsid w:val="00157CB1"/>
     <w:rsid w:val="0016179F"/>
     <w:rsid w:val="00194C18"/>
     <w:rsid w:val="001C0871"/>
     <w:rsid w:val="001C47D3"/>
     <w:rsid w:val="001F417E"/>
     <w:rsid w:val="001F43EB"/>
     <w:rsid w:val="00202299"/>
     <w:rsid w:val="0020700F"/>
     <w:rsid w:val="002116CD"/>
     <w:rsid w:val="00217266"/>
     <w:rsid w:val="0027103F"/>
     <w:rsid w:val="0027365E"/>
     <w:rsid w:val="00273AB5"/>
     <w:rsid w:val="002A4C2A"/>
     <w:rsid w:val="002C5C22"/>
     <w:rsid w:val="002C5DDA"/>
     <w:rsid w:val="002C7079"/>
     <w:rsid w:val="003025DB"/>
     <w:rsid w:val="00324CEF"/>
     <w:rsid w:val="00332F43"/>
     <w:rsid w:val="00337D35"/>
     <w:rsid w:val="00354DF5"/>
     <w:rsid w:val="00364EA5"/>
     <w:rsid w:val="003B2330"/>
     <w:rsid w:val="003B2A7A"/>
     <w:rsid w:val="003D16E8"/>
     <w:rsid w:val="003E0CD7"/>
     <w:rsid w:val="0040210C"/>
+    <w:rsid w:val="004279DF"/>
     <w:rsid w:val="00433063"/>
     <w:rsid w:val="00440FB0"/>
     <w:rsid w:val="00446347"/>
     <w:rsid w:val="0044799F"/>
     <w:rsid w:val="00470073"/>
+    <w:rsid w:val="004757C9"/>
     <w:rsid w:val="00484E85"/>
     <w:rsid w:val="0048747C"/>
     <w:rsid w:val="004E25B7"/>
     <w:rsid w:val="00503C05"/>
     <w:rsid w:val="00512E58"/>
     <w:rsid w:val="005357D0"/>
     <w:rsid w:val="00535F02"/>
     <w:rsid w:val="0054039F"/>
+    <w:rsid w:val="00540CE4"/>
     <w:rsid w:val="0055088D"/>
     <w:rsid w:val="00554823"/>
     <w:rsid w:val="00564BDF"/>
     <w:rsid w:val="00571DE9"/>
+    <w:rsid w:val="005A0E8D"/>
     <w:rsid w:val="005C72C4"/>
     <w:rsid w:val="005E2B53"/>
     <w:rsid w:val="005E4E46"/>
     <w:rsid w:val="00611725"/>
     <w:rsid w:val="00613F70"/>
     <w:rsid w:val="00646987"/>
     <w:rsid w:val="006740C7"/>
     <w:rsid w:val="00693D2C"/>
     <w:rsid w:val="006B36FD"/>
     <w:rsid w:val="006F456E"/>
+    <w:rsid w:val="00702FA6"/>
     <w:rsid w:val="0072015D"/>
     <w:rsid w:val="00722C96"/>
     <w:rsid w:val="0074650D"/>
     <w:rsid w:val="00767EA0"/>
     <w:rsid w:val="0077625F"/>
+    <w:rsid w:val="00790310"/>
     <w:rsid w:val="0079107B"/>
     <w:rsid w:val="007917BE"/>
     <w:rsid w:val="007D32ED"/>
     <w:rsid w:val="007F6C09"/>
+    <w:rsid w:val="00825886"/>
     <w:rsid w:val="00837531"/>
     <w:rsid w:val="00860412"/>
     <w:rsid w:val="00863933"/>
     <w:rsid w:val="00876646"/>
     <w:rsid w:val="008A514D"/>
+    <w:rsid w:val="008F0A95"/>
     <w:rsid w:val="00903864"/>
     <w:rsid w:val="0091583B"/>
     <w:rsid w:val="00925411"/>
+    <w:rsid w:val="00934DB5"/>
     <w:rsid w:val="00954312"/>
     <w:rsid w:val="009579E9"/>
+    <w:rsid w:val="00961AD7"/>
+    <w:rsid w:val="00981FDE"/>
+    <w:rsid w:val="00995127"/>
     <w:rsid w:val="009E1675"/>
     <w:rsid w:val="009E7F37"/>
     <w:rsid w:val="009F515D"/>
     <w:rsid w:val="009F5E2B"/>
     <w:rsid w:val="00A04DCF"/>
     <w:rsid w:val="00A16C08"/>
     <w:rsid w:val="00A16DA3"/>
     <w:rsid w:val="00A2548C"/>
     <w:rsid w:val="00A36973"/>
     <w:rsid w:val="00A437B6"/>
     <w:rsid w:val="00A74867"/>
     <w:rsid w:val="00A83105"/>
     <w:rsid w:val="00A95A67"/>
     <w:rsid w:val="00AA160A"/>
     <w:rsid w:val="00AB7810"/>
     <w:rsid w:val="00AD212C"/>
     <w:rsid w:val="00AD4D08"/>
     <w:rsid w:val="00AE2900"/>
     <w:rsid w:val="00AE533B"/>
     <w:rsid w:val="00AF40B5"/>
     <w:rsid w:val="00B12FC4"/>
     <w:rsid w:val="00B2415E"/>
     <w:rsid w:val="00B32728"/>
     <w:rsid w:val="00B46003"/>
     <w:rsid w:val="00B477CA"/>
     <w:rsid w:val="00B5335E"/>
     <w:rsid w:val="00BC22ED"/>
+    <w:rsid w:val="00BC4D69"/>
     <w:rsid w:val="00BE1B00"/>
     <w:rsid w:val="00C013FD"/>
     <w:rsid w:val="00C115D1"/>
     <w:rsid w:val="00C13445"/>
     <w:rsid w:val="00C21A1D"/>
+    <w:rsid w:val="00C4376F"/>
     <w:rsid w:val="00C43B5C"/>
     <w:rsid w:val="00C45F90"/>
     <w:rsid w:val="00C61F9B"/>
     <w:rsid w:val="00C64B46"/>
     <w:rsid w:val="00C85835"/>
     <w:rsid w:val="00CB0AB2"/>
     <w:rsid w:val="00CB292F"/>
     <w:rsid w:val="00CB5C29"/>
     <w:rsid w:val="00CC2BA8"/>
+    <w:rsid w:val="00CE6025"/>
     <w:rsid w:val="00D00A12"/>
     <w:rsid w:val="00D126AC"/>
     <w:rsid w:val="00D35866"/>
     <w:rsid w:val="00D57915"/>
     <w:rsid w:val="00D6347B"/>
     <w:rsid w:val="00D731FC"/>
     <w:rsid w:val="00DB4DC3"/>
     <w:rsid w:val="00DC422E"/>
     <w:rsid w:val="00DF3E75"/>
     <w:rsid w:val="00E4061C"/>
     <w:rsid w:val="00E5632A"/>
     <w:rsid w:val="00E64B1E"/>
     <w:rsid w:val="00ED7DED"/>
     <w:rsid w:val="00F25D0F"/>
     <w:rsid w:val="00F430E4"/>
     <w:rsid w:val="00F51F90"/>
     <w:rsid w:val="00F54DB0"/>
     <w:rsid w:val="00F56098"/>
+    <w:rsid w:val="00F61422"/>
     <w:rsid w:val="00F855F8"/>
     <w:rsid w:val="00F91FCF"/>
     <w:rsid w:val="00F94BD8"/>
     <w:rsid w:val="00FB048D"/>
     <w:rsid w:val="00FB78D1"/>
     <w:rsid w:val="00FE70B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="428BE444"/>
   <w15:docId w15:val="{8BC54F09-7FFE-40BA-ABB4-CFE81BC0558B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7006,50 +8074,65 @@
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000A750D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C43B5C"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revisin">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008F0A95"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="form-control-text">
+    <w:name w:val="form-control-text"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:rsid w:val="00540CE4"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1051345868">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="133763949">
           <w:marLeft w:val="-225"/>
           <w:marRight w:val="-225"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -7374,77 +8457,77 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7868E4C8-9B2A-41DF-89CA-185295C91BB2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>744</Words>
-  <Characters>4092</Characters>
+  <Words>763</Words>
+  <Characters>4198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titulua</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4827</CharactersWithSpaces>
+  <CharactersWithSpaces>4952</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>bczcomem</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>