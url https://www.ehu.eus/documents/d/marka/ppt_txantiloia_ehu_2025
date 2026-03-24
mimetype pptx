--- v0 (2025-12-08)
+++ v1 (2026-03-24)
@@ -1,133 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
+  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" embedTrueTypeFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483666" r:id="rId1"/>
     <p:sldMasterId id="2147483676" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId25"/>
   </p:notesMasterIdLst>
+  <p:handoutMasterIdLst>
+    <p:handoutMasterId r:id="rId26"/>
+  </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="321" r:id="rId3"/>
-    <p:sldId id="322" r:id="rId4"/>
-[...4 lines deleted...]
-    <p:sldId id="333" r:id="rId9"/>
+    <p:sldId id="346" r:id="rId4"/>
+    <p:sldId id="322" r:id="rId5"/>
+    <p:sldId id="323" r:id="rId6"/>
+    <p:sldId id="325" r:id="rId7"/>
+    <p:sldId id="327" r:id="rId8"/>
+    <p:sldId id="334" r:id="rId9"/>
     <p:sldId id="326" r:id="rId10"/>
     <p:sldId id="329" r:id="rId11"/>
     <p:sldId id="335" r:id="rId12"/>
     <p:sldId id="336" r:id="rId13"/>
     <p:sldId id="337" r:id="rId14"/>
     <p:sldId id="338" r:id="rId15"/>
     <p:sldId id="330" r:id="rId16"/>
     <p:sldId id="331" r:id="rId17"/>
     <p:sldId id="339" r:id="rId18"/>
     <p:sldId id="340" r:id="rId19"/>
     <p:sldId id="341" r:id="rId20"/>
     <p:sldId id="342" r:id="rId21"/>
     <p:sldId id="343" r:id="rId22"/>
     <p:sldId id="344" r:id="rId23"/>
     <p:sldId id="332" r:id="rId24"/>
   </p:sldIdLst>
   <p:sldSz cx="20104100" cy="11309350"/>
   <p:notesSz cx="20104100" cy="11309350"/>
+  <p:embeddedFontLst>
+    <p:embeddedFont>
+      <p:font typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+      <p:regular r:id="rId27"/>
+      <p:bold r:id="rId28"/>
+      <p:italic r:id="rId29"/>
+      <p:boldItalic r:id="rId30"/>
+    </p:embeddedFont>
+  </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="es-ES"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -183,81 +199,76 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
+    <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
+      <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:clrMru>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="FCFAFA"/>
     <a:srgbClr val="C6ACF5"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
-</file>
-[...6 lines deleted...]
-</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{2D5ABB26-0587-4C30-8999-92F81FD0307C}" styleName="No Style, No Grid">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="tx1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln>
               <a:noFill/>
             </a:ln>
           </a:right>
           <a:top>
@@ -446,82 +457,299 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="4855"/>
-    <p:restoredTop sz="96390"/>
+    <p:restoredLeft sz="5266"/>
+    <p:restoredTop sz="96331"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="51" d="100"/>
-          <a:sy n="51" d="100"/>
+          <a:sx n="119" d="100"/>
+          <a:sy n="119" d="100"/>
         </p:scale>
-        <p:origin x="792" y="36"/>
+        <p:origin x="2104" y="216"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
+  <p:notesViewPr>
+    <p:cSldViewPr>
+      <p:cViewPr varScale="1">
+        <p:scale>
+          <a:sx n="87" d="100"/>
+          <a:sy n="87" d="100"/>
+        </p:scale>
+        <p:origin x="264" y="760"/>
+      </p:cViewPr>
+      <p:guideLst/>
+    </p:cSldViewPr>
+  </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/></Relationships>
+</file>
+
+<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
+</file>
+
+<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de encabezado 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18EF7727-3BF3-E1D1-1DFC-3E520A6A5C8C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="8712200" cy="566738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="es-ES" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de fecha 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A642DFE8-E306-E733-100D-B706B52985BA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="quarter" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11387138" y="0"/>
+            <a:ext cx="8712200" cy="566738"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{3268CA5A-2896-4748-B119-66C90DCD6A69}" type="datetimeFigureOut">
+              <a:rPr lang="es-ES" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>23/3/26</a:t>
+            </a:fld>
+            <a:endParaRPr lang="es-ES" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de pie de página 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46D32A08-67A3-291F-184A-FC9EBD5CC600}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="10742613"/>
+            <a:ext cx="8712200" cy="566737"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="es-ES" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Marcador de número de diapositiva 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B733CD9-10B8-5C5F-F340-6871EAFD84AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11387138" y="10742613"/>
+            <a:ext cx="8712200" cy="566737"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{32F0F760-34D9-9640-AF08-7DB6D25D99E6}" type="slidenum">
+              <a:rPr lang="es-ES" smtClean="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="es-ES" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2328287233"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+</p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -530,92 +758,92 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Marcador de encabezado 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="8712200" cy="566738"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200" b="0" i="0">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de fecha 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11387138" y="0"/>
             <a:ext cx="8712200" cy="566738"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" b="0" i="0">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9D1BBE72-C891-6A4D-999E-33787DA93E36}" type="datetimeFigureOut">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr/>
-              <a:t>21/07/2025</a:t>
+              <a:t>23/3/26</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de imagen de diapositiva 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6659563" y="1414463"/>
             <a:ext cx="6784975" cy="3816350"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -693,152 +921,152 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de pie de página 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="10742613"/>
             <a:ext cx="8712200" cy="566737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200" b="0" i="0">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Marcador de número de diapositiva 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11387138" y="10742613"/>
             <a:ext cx="8712200" cy="566737"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" b="0" i="0">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{298A3EB8-E1BD-664A-BDA0-35BEE03218AA}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr/>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4265406542"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" b="0" i="0" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" b="0" i="0" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
     <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" b="0" i="0" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
     <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" b="0" i="0" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
     <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" b="0" i="0" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+        <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -888,71 +1116,79 @@
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
+<file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
@@ -1000,206 +1236,156 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1266189" y="6122649"/>
             <a:ext cx="17581563" cy="4419600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr tIns="792000" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:lnSpc>
                 <a:spcPts val="16260"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:defRPr sz="18300" spc="-300">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="18300" b="0" i="0" spc="-300">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="es-ES" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="object 9">
-[...56 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Holder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11857184" y="467389"/>
-            <a:ext cx="6623699" cy="384721"/>
+            <a:ext cx="6623699" cy="539086"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="2500" b="0" i="0">
+              <a:defRPr sz="3000" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
-              <a:t>The Brand New EHU</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42F470F8-D607-2F34-3BFD-424F834AAE7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="17337882" y="6340475"/>
             <a:ext cx="1143001" cy="481965"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="2500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -1227,50 +1413,102 @@
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1266189" y="0"/>
             <a:ext cx="2513910" cy="2513330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectángulo 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD03E39C-9928-56CD-0B7C-DD9C54AD42DA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="4881869"/>
+            <a:ext cx="1266189" cy="1223075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4023763570"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
   <p:cSld name="frase introducción">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1">
@@ -1325,251 +1563,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E73040B2-F510-2F1E-34C7-8158FBE09BD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABD0A75B-2E4A-156F-DB73-4917FA6FE7C4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -1620,58 +1786,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -1702,52 +1868,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Holder 2">
@@ -1755,56 +1921,56 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A890928-7F5C-5E4E-1A5F-F5EFE2C824C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5114389" y="7483475"/>
             <a:ext cx="9875322" cy="1295400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1300" b="0" i="0">
+              <a:defRPr sz="3000" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1830,83 +1996,197 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="3000" b="0" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD716A72-B434-1B8B-1BBE-24B616B61565}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1825233455"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -1977,251 +2257,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E73040B2-F510-2F1E-34C7-8158FBE09BD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABD0A75B-2E4A-156F-DB73-4917FA6FE7C4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -2272,58 +2480,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -2354,52 +2562,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Holder 2">
@@ -2407,107 +2615,107 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3BC752C-6FAB-3966-CE5B-C06ABE2EE859}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022114" y="7627411"/>
             <a:ext cx="6172199" cy="491073"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2400" b="0" i="0">
+              <a:defRPr sz="3500" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de texto 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EFDBE67-3446-F158-CC2E-FB7A2E83C477}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022114" y="8331209"/>
             <a:ext cx="8334736" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -2554,58 +2762,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="3000" b="0" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -2636,77 +2844,191 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA02C844-4D39-8433-DFE6-4B60B2D34D4C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11111835" y="8327887"/>
             <a:ext cx="8312815" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09CBA076-0DE5-2710-0D7E-AC1E5FCC7409}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2436018743"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -2767,251 +3089,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E73040B2-F510-2F1E-34C7-8158FBE09BD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABD0A75B-2E4A-156F-DB73-4917FA6FE7C4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -3062,58 +3312,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -3160,52 +3410,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Holder 2">
@@ -3213,107 +3463,107 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A890928-7F5C-5E4E-1A5F-F5EFE2C824C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022115" y="4968875"/>
             <a:ext cx="6172198" cy="3149609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2200" b="0" i="0">
+              <a:defRPr sz="3500" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7E91401-E359-4EAA-3750-7D329118F961}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2037000" y="8331209"/>
             <a:ext cx="6172198" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -3340,52 +3590,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EF376A7-0F92-E9A4-7419-8B09AA1D8EE8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11308080" y="1257300"/>
             <a:ext cx="8796020" cy="10052050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1F7E975-18EE-8ECF-595E-85F77DFB13F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="17" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
@@ -3399,87 +3649,201 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="3000" b="0" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>1.1 </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F452FB81-9E5A-A1AF-1923-4AFF612528D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1081426338"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -3543,51 +3907,51 @@
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="90000"/>
               <a:alpha val="5000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="object 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B939AD10-EA02-2CEA-B9D7-3BCC895CB274}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11308556" y="0"/>
             <a:ext cx="8796020" cy="1256665"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -3601,90 +3965,90 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Holder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FD7CE0D-62D4-CC63-BF7F-A867A38E49CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18487990" y="10627303"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Holder 2">
@@ -3692,56 +4056,56 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{117962D1-EE91-5E36-B8D6-68D00DA0B82A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022114" y="3152795"/>
             <a:ext cx="6172199" cy="3474046"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2400" b="0" i="0">
+              <a:defRPr sz="3000" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -3750,214 +4114,142 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61518714-3DB7-3754-AFE5-0CBFCC0D54A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -4008,58 +4300,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -4106,58 +4398,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="0" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -4184,77 +4476,191 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AE26AC7-F2A8-E161-F6DD-58E539459811}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2015765" y="6986688"/>
             <a:ext cx="6178548" cy="3474047"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEF63F5B-2479-515C-A36B-A0E19FFA9F13}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2931315049"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -4325,290 +4731,218 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Marcador de posición de imagen 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D73BEF7C-F574-6884-CE41-F1BDC4F13F2D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="28"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11308080" y="1257300"/>
             <a:ext cx="8796020" cy="10052050"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -4675,58 +5009,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -4773,52 +5107,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="object 5">
@@ -4852,90 +5186,90 @@
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:alpha val="18914"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Holder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B0C8C1D-4D9A-F462-DEF3-8C99D2783DDD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022114" y="3152795"/>
             <a:ext cx="6172199" cy="3474046"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2400" b="0" i="0">
+              <a:defRPr sz="3000" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Marcador de texto 15">
             <a:extLst>
@@ -4962,58 +5296,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="0" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -5040,77 +5374,191 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72C80322-B11F-3D46-A51C-B402D0AC8201}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2015765" y="6986688"/>
             <a:ext cx="6178548" cy="3474047"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{647DCE83-5881-AC6D-1214-454DCC3BAA48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2860329365"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -5156,52 +5604,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Marcador de texto 28">
@@ -5209,52 +5657,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2C672BD-EF13-66B9-4C3D-74FE28D56B80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2709515" y="6360059"/>
             <a:ext cx="4370734" cy="1275815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -5305,251 +5753,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75BEA7F0-6F17-B0C2-0473-FD717EDA13D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3DA5891-479C-B8D6-602F-F164898FC505}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -5600,58 +5976,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -5698,58 +6074,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="0" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -5776,52 +6152,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D89BCB1E-B590-607A-E954-78785DE74E97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2729118" y="8778875"/>
             <a:ext cx="4370734" cy="1275815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -5854,55 +6230,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2255022" y="5680575"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -5940,58 +6316,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6024,55 +6400,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7998007" y="5658396"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6110,58 +6486,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6194,55 +6570,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="40" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2235420" y="8110183"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6280,58 +6656,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6364,55 +6740,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="44" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7978405" y="8088004"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6450,58 +6826,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6528,52 +6904,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A328D1BE-35EF-1A0C-AF79-F2E9ED205618}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="46" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8452500" y="6328309"/>
             <a:ext cx="4370734" cy="1275815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6600,77 +6976,191 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D3AFA09-418D-3841-1FCF-1AF52A482D02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="47" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8472103" y="8747125"/>
             <a:ext cx="4370734" cy="1275815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94EF508C-176E-60A1-FAE4-76D960E80A37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1514863510"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -6721,52 +7211,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Holder 2">
@@ -6774,99 +7264,99 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F830F7-DBB7-2FC7-CD7B-9FF188A26328}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022115" y="5656643"/>
             <a:ext cx="5362935" cy="491073"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2400" b="0" i="0">
+              <a:defRPr sz="3000" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Marcador de texto 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2C672BD-EF13-66B9-4C3D-74FE28D56B80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022114" y="7788275"/>
             <a:ext cx="5044621" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="90000"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1600">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -6917,251 +7407,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75BEA7F0-6F17-B0C2-0473-FD717EDA13D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3DA5891-479C-B8D6-602F-F164898FC505}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -7212,58 +7630,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -7290,52 +7708,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D89BCB1E-B590-607A-E954-78785DE74E97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7939112" y="7813115"/>
             <a:ext cx="5029200" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1600">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -7382,58 +7800,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="0" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -7460,52 +7878,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58EB5EAF-E670-11DD-F54B-C83BC0772705}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="28" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="14057033" y="7813115"/>
             <a:ext cx="5029200" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1600">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -7552,58 +7970,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2400" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -7641,87 +8059,201 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2400" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>03</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77A1E318-A003-3650-C48B-40F87DF2DCDE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2378760760"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Textos largos">
     <p:bg>
@@ -7759,52 +8291,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Holder 2">
@@ -7812,108 +8344,108 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F830F7-DBB7-2FC7-CD7B-9FF188A26328}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022113" y="6873875"/>
             <a:ext cx="7522695" cy="491073"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2000" b="0" i="0">
+              <a:defRPr sz="3500" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Marcador de texto 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2C672BD-EF13-66B9-4C3D-74FE28D56B80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022113" y="7788275"/>
             <a:ext cx="7522695" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="90000"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1600">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -7964,251 +8496,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75BEA7F0-6F17-B0C2-0473-FD717EDA13D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3DA5891-479C-B8D6-602F-F164898FC505}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -8259,58 +8719,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -8337,52 +8797,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D89BCB1E-B590-607A-E954-78785DE74E97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11308556" y="3209693"/>
             <a:ext cx="7522695" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1600">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -8429,58 +8889,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="0" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -8507,52 +8967,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58EB5EAF-E670-11DD-F54B-C83BC0772705}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="28" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11359864" y="7813115"/>
             <a:ext cx="7464953" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1600">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -8599,58 +9059,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -8697,58 +9157,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -8775,77 +9235,191 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AF83745-3CC3-83ED-DD5B-CFB8BDFBDB78}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022113" y="3273611"/>
             <a:ext cx="7522695" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1600">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{948416D1-EF98-8B6B-53EF-CF888A2CF70E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="266856047"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -8916,251 +9490,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9211,58 +9713,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9293,52 +9795,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Marcador de texto 28">
@@ -9346,52 +9848,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72C80322-B11F-3D46-A51C-B402D0AC8201}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2254445" y="4268198"/>
             <a:ext cx="4521005" cy="1752600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9424,55 +9926,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2255022" y="2741542"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9510,58 +10012,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9601,58 +10103,58 @@
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9670,52 +10172,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{301F203E-1D32-DDEF-0561-59C4EC621962}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="31" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7997430" y="4246019"/>
             <a:ext cx="4521005" cy="1752600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9748,55 +10250,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7998007" y="2719363"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9834,58 +10336,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9925,58 +10427,58 @@
           <a:solidFill>
             <a:schemeClr val="bg2"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -9994,52 +10496,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7EB67A5-D132-BB95-6EC9-00D3A4372651}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="35" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13740415" y="4246019"/>
             <a:ext cx="4521005" cy="1752600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10072,55 +10574,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="36" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13740992" y="2719363"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10158,58 +10660,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10249,58 +10751,58 @@
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10318,52 +10820,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F116444F-E223-D9FA-DA82-0AF479215522}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="39" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2234843" y="8055845"/>
             <a:ext cx="4521005" cy="1752600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10396,55 +10898,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="40" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2235420" y="6529189"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10482,58 +10984,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10573,58 +11075,58 @@
           <a:solidFill>
             <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10642,52 +11144,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20E425F8-BE47-D089-1EC7-B3FB84F4278F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="43" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7977828" y="8033666"/>
             <a:ext cx="4521005" cy="1752600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10720,55 +11222,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="44" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7978405" y="6507010"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10806,58 +11308,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10897,58 +11399,58 @@
           <a:solidFill>
             <a:schemeClr val="accent5"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent5"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -10966,52 +11468,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4387ED-C707-CE52-9D0C-E82623A009D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="47" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13720813" y="8033666"/>
             <a:ext cx="4521005" cy="1752600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -11044,55 +11546,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="48" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13721390" y="6507010"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -11130,58 +11632,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -11221,104 +11723,2573 @@
           <a:solidFill>
             <a:srgbClr val="C6ACF5"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="C6ACF5"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{062AF49A-F7CA-D7B4-E6A1-E9D9E4791D60}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="994662305"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_Colores">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1">
+            <a:alpha val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="object 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{028C5C39-9405-FCB7-C524-4F97C719FE84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11308556" y="0"/>
+            <a:ext cx="8796020" cy="1256665"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="8796019" h="1256665">
+                <a:moveTo>
+                  <a:pt x="8795543" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1256506"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8795543" y="1256506"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8795543" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EFEDEA"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr b="0" i="0" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11575355" y="434251"/>
+            <a:ext cx="395689" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>01</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="12049451" y="432117"/>
+            <a:ext cx="1806880" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{320980D3-F69E-1E04-C564-F4F5D9183D3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="13997120" y="432117"/>
+            <a:ext cx="1806880" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="75000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Holder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FECD94A-7790-72D5-7C07-0ED4712E3B3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="7"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="18491502" y="10627304"/>
+            <a:ext cx="933148" cy="346249"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="38100">
+              <a:spcBef>
+                <a:spcPts val="70"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:pPr marL="38100">
+                <a:spcBef>
+                  <a:spcPts val="70"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A3EE23D-40DD-712D-D358-FF626CC701BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="29" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2255022" y="2741542"/>
+            <a:ext cx="395689" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>01</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{060ADB63-3F41-327C-6EB5-67F13AFCC50E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="30" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2729118" y="2739408"/>
+            <a:ext cx="4016898" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>LOREM IPSUM</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{894443D6-EF36-3F95-3ED0-428591DFAEC4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="32" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7998007" y="2719363"/>
+            <a:ext cx="395689" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>02</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5A07F78-695F-55A3-AC6B-1D145A268E57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="33" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8472103" y="2717229"/>
+            <a:ext cx="4046332" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>LOREM IPSUM</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A3F594E-4674-42A7-6031-8141A5A81D51}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="36" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="13740992" y="2719363"/>
+            <a:ext cx="395689" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>03</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE72A63C-0319-5FC9-C810-C3F6601C0382}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="37" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14215088" y="2717229"/>
+            <a:ext cx="4046332" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>LOREM IPSUM</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2BA1F1F-9456-541E-453B-8A5C4A55C3AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="40" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2235420" y="6529189"/>
+            <a:ext cx="395689" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>04</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FBD8AE26-82F0-5493-DAB1-4F6CEA990775}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="41" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2729118" y="6504876"/>
+            <a:ext cx="4016898" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>LOREM IPSUM</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA1E4A75-A0FA-86AB-FB6E-B35FB0E01590}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="44" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7978405" y="6507010"/>
+            <a:ext cx="395689" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>05</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA56DD4F-7A2A-FCE2-F041-6B2CE5DF3F3A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="45" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8452499" y="6504876"/>
+            <a:ext cx="4046333" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>LOREM IPSUM</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF0A1434-FFA6-F943-DCA7-2EBF646EF006}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="48" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="13721390" y="6507010"/>
+            <a:ext cx="395689" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1800" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>06</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="37" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B2A1FA-F6E4-DD5D-752A-C0C27846F9B2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="49" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14195486" y="6504876"/>
+            <a:ext cx="4056102" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>LOREM IPSUM</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Marcador de posición de imagen 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02DCF46B-A130-276F-C5B3-5D99E33CDF9D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="50"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2254250" y="3368675"/>
+            <a:ext cx="4597400" cy="2819400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Marcador de posición de imagen 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6356E1CF-ECFD-BD8B-9C42-B10E0F5FBAE1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="51"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8141893" y="3368675"/>
+            <a:ext cx="4419600" cy="2819400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Marcador de posición de imagen 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5C9B846-413D-6A1E-00F3-F159A7DC175D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="52"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="13855700" y="3368675"/>
+            <a:ext cx="4405313" cy="2819400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Marcador de posición de imagen 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FAB6CB8-6DBF-DE3A-33D1-9DD23991E510}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="53"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2235200" y="7178675"/>
+            <a:ext cx="4616450" cy="2819400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Marcador de posición de imagen 39">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28EA4786-BC39-CB1E-0F04-12C74D1736E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="54"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7978775" y="7178675"/>
+            <a:ext cx="4583113" cy="2819400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Marcador de posición de imagen 41">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0763D717-833C-8BF1-F528-F52D885E19CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="55"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="13741400" y="7178675"/>
+            <a:ext cx="4519613" cy="2819400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F676D0F2-8FF4-C74A-A445-7BCBFA9C975A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2454561162"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="1_Title Only">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Forma libre 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1CBBE9D-8F3C-0CA2-FC19-05ADF7991BB7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9841" y="4892674"/>
+            <a:ext cx="20104098" cy="6416676"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 20104098"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 6416676"/>
+              <a:gd name="connsiteX1" fmla="*/ 1266189 w 20104098"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 6416676"/>
+              <a:gd name="connsiteX2" fmla="*/ 1266189 w 20104098"/>
+              <a:gd name="connsiteY2" fmla="*/ 1194096 h 6416676"/>
+              <a:gd name="connsiteX3" fmla="*/ 18837910 w 20104098"/>
+              <a:gd name="connsiteY3" fmla="*/ 1194096 h 6416676"/>
+              <a:gd name="connsiteX4" fmla="*/ 18837910 w 20104098"/>
+              <a:gd name="connsiteY4" fmla="*/ 2527302 h 6416676"/>
+              <a:gd name="connsiteX5" fmla="*/ 20104098 w 20104098"/>
+              <a:gd name="connsiteY5" fmla="*/ 2527302 h 6416676"/>
+              <a:gd name="connsiteX6" fmla="*/ 20104098 w 20104098"/>
+              <a:gd name="connsiteY6" fmla="*/ 6416676 h 6416676"/>
+              <a:gd name="connsiteX7" fmla="*/ 18837910 w 20104098"/>
+              <a:gd name="connsiteY7" fmla="*/ 6416676 h 6416676"/>
+              <a:gd name="connsiteX8" fmla="*/ 18837910 w 20104098"/>
+              <a:gd name="connsiteY8" fmla="*/ 6416675 h 6416676"/>
+              <a:gd name="connsiteX9" fmla="*/ 1266189 w 20104098"/>
+              <a:gd name="connsiteY9" fmla="*/ 6416675 h 6416676"/>
+              <a:gd name="connsiteX10" fmla="*/ 1256348 w 20104098"/>
+              <a:gd name="connsiteY10" fmla="*/ 6416675 h 6416676"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 20104098"/>
+              <a:gd name="connsiteY11" fmla="*/ 6416675 h 6416676"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="20104098" h="6416676">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1266189" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1266189" y="1194096"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18837910" y="1194096"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18837910" y="2527302"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="20104098" y="2527302"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="20104098" y="6416676"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18837910" y="6416676"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18837910" y="6416675"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1266189" y="6416675"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256348" y="6416675"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="6416675"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Gráfico 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1407E63-302E-D056-7891-43297F9E537E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1266189" y="0"/>
+            <a:ext cx="2513910" cy="2513330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Marcador de texto 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51B50681-31E1-C0D1-F4A6-7451A84DE58B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1266189" y="6122649"/>
+            <a:ext cx="17581563" cy="5018426"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="792000" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="16260"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="18300" b="0" i="0" spc="-300">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="es-ES" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Marcador de texto 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42F470F8-D607-2F34-3BFD-424F834AAE7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="17337882" y="6340475"/>
+            <a:ext cx="1143001" cy="481965"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="2500" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="object 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F530B6A6-4B75-4E80-F72C-5BC2655D1047}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="16254774" y="-2612646"/>
+            <a:ext cx="1256665" cy="6441988"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1256665" h="1256664">
+                <a:moveTo>
+                  <a:pt x="1256506" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1256516"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256506" y="1256516"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256506" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr b="0" i="0" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Holder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="14014450" y="467389"/>
+            <a:ext cx="4466433" cy="535911"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Ipsum</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Marcador de posición de imagen 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F524A625-7CFB-0039-4915-CD5CA5277F9C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="20104100" cy="7419976"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 20104100"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 7419976"/>
+              <a:gd name="connsiteX1" fmla="*/ 1266189 w 20104100"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 7419976"/>
+              <a:gd name="connsiteX2" fmla="*/ 1266189 w 20104100"/>
+              <a:gd name="connsiteY2" fmla="*/ 2513330 h 7419976"/>
+              <a:gd name="connsiteX3" fmla="*/ 3780100 w 20104100"/>
+              <a:gd name="connsiteY3" fmla="*/ 2513330 h 7419976"/>
+              <a:gd name="connsiteX4" fmla="*/ 3780100 w 20104100"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 7419976"/>
+              <a:gd name="connsiteX5" fmla="*/ 13662112 w 20104100"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 7419976"/>
+              <a:gd name="connsiteX6" fmla="*/ 13662112 w 20104100"/>
+              <a:gd name="connsiteY6" fmla="*/ 1236028 h 7419976"/>
+              <a:gd name="connsiteX7" fmla="*/ 20104100 w 20104100"/>
+              <a:gd name="connsiteY7" fmla="*/ 1236028 h 7419976"/>
+              <a:gd name="connsiteX8" fmla="*/ 20104100 w 20104100"/>
+              <a:gd name="connsiteY8" fmla="*/ 7419935 h 7419976"/>
+              <a:gd name="connsiteX9" fmla="*/ 18835680 w 20104100"/>
+              <a:gd name="connsiteY9" fmla="*/ 7419935 h 7419976"/>
+              <a:gd name="connsiteX10" fmla="*/ 18835680 w 20104100"/>
+              <a:gd name="connsiteY10" fmla="*/ 6143286 h 7419976"/>
+              <a:gd name="connsiteX11" fmla="*/ 1256508 w 20104100"/>
+              <a:gd name="connsiteY11" fmla="*/ 6143286 h 7419976"/>
+              <a:gd name="connsiteX12" fmla="*/ 1256508 w 20104100"/>
+              <a:gd name="connsiteY12" fmla="*/ 4887999 h 7419976"/>
+              <a:gd name="connsiteX13" fmla="*/ 1 w 20104100"/>
+              <a:gd name="connsiteY13" fmla="*/ 4887999 h 7419976"/>
+              <a:gd name="connsiteX14" fmla="*/ 1 w 20104100"/>
+              <a:gd name="connsiteY14" fmla="*/ 7419976 h 7419976"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 20104100"/>
+              <a:gd name="connsiteY15" fmla="*/ 7419976 h 7419976"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="20104100" h="7419976">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1266189" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1266189" y="2513330"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3780100" y="2513330"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3780100" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13662112" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="13662112" y="1236028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="20104100" y="1236028"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="20104100" y="7419935"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18835680" y="7419935"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18835680" y="6143286"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256508" y="6143286"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256508" y="4887999"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="4887999"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1" y="7419976"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="7419976"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2366658976"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="3 columnas con color">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -11354,251 +14325,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -11649,58 +14548,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -11731,52 +14630,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Marcador de texto 28">
@@ -11784,52 +14683,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72C80322-B11F-3D46-A51C-B402D0AC8201}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2254445" y="8953454"/>
             <a:ext cx="4521005" cy="1447800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -11862,55 +14761,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2255022" y="2741542"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -11948,58 +14847,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12039,58 +14938,58 @@
           <a:solidFill>
             <a:schemeClr val="tx2"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12108,52 +15007,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{301F203E-1D32-DDEF-0561-59C4EC621962}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="31" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7997430" y="8931275"/>
             <a:ext cx="4521005" cy="1447800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12186,55 +15085,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7998007" y="2719363"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12272,58 +15171,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12363,58 +15262,58 @@
           <a:solidFill>
             <a:schemeClr val="bg2"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg2"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12432,52 +15331,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7EB67A5-D132-BB95-6EC9-00D3A4372651}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="35" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13740415" y="8931275"/>
             <a:ext cx="4521005" cy="1447800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12510,55 +15409,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="36" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13740992" y="2719363"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12596,58 +15495,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -12687,334 +15586,218 @@
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB884F50-5044-5BBF-3517-F4AC48C5DF37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="625751053"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
-[...229 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="3 columnas con foto">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -13050,251 +15833,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -13345,58 +16056,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -13427,52 +16138,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Marcador de texto 28">
@@ -13480,52 +16191,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72C80322-B11F-3D46-A51C-B402D0AC8201}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2254445" y="8953454"/>
             <a:ext cx="4521005" cy="1447800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -13558,144 +16269,144 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2255022" y="2741542"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{060ADB63-3F41-327C-6EB5-67F13AFCC50E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="30" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2729118" y="2739407"/>
+            <a:off x="2729118" y="2741542"/>
             <a:ext cx="4046332" cy="416743"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 0"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -13713,52 +16424,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{301F203E-1D32-DDEF-0561-59C4EC621962}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="31" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7997430" y="8931275"/>
             <a:ext cx="4521005" cy="1447800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -13791,55 +16502,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7998007" y="2719363"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -13877,58 +16588,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -13946,52 +16657,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7EB67A5-D132-BB95-6EC9-00D3A4372651}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="35" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13740415" y="8931275"/>
             <a:ext cx="4521005" cy="1447800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -14024,55 +16735,55 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="36" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13740992" y="2719363"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1800" spc="-150">
+              <a:defRPr sz="1800" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -14110,58 +16821,58 @@
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="36000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -14182,158 +16893,1202 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="39"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2317254" y="3608521"/>
             <a:ext cx="4458196" cy="5003645"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Marcador de posición de imagen 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC3A31F3-CEED-938C-DB26-8C96262A8D66}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="40"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7997430" y="3608521"/>
             <a:ext cx="4458196" cy="5003645"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Marcador de posición de imagen 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F3E34BB-6269-36D1-8304-5D71F6A5C43B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13740415" y="3585888"/>
             <a:ext cx="4458196" cy="5003645"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F8E1075-AA7A-A3A1-0B2F-3E2191A6045E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3775752337"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="1_textos e imagen">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1">
+            <a:alpha val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Marcador de posición de imagen 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B70834D3-DB65-48B2-740D-3E1F25FBE0A9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="28"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1256030" y="-1"/>
+            <a:ext cx="18848070" cy="11309350"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 18848070"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 11309350"/>
+              <a:gd name="connsiteX1" fmla="*/ 18848070 w 18848070"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 11309350"/>
+              <a:gd name="connsiteX2" fmla="*/ 18848070 w 18848070"/>
+              <a:gd name="connsiteY2" fmla="*/ 1 h 11309350"/>
+              <a:gd name="connsiteX3" fmla="*/ 10113031 w 18848070"/>
+              <a:gd name="connsiteY3" fmla="*/ 1 h 11309350"/>
+              <a:gd name="connsiteX4" fmla="*/ 10113031 w 18848070"/>
+              <a:gd name="connsiteY4" fmla="*/ 1312863 h 11309350"/>
+              <a:gd name="connsiteX5" fmla="*/ 18848070 w 18848070"/>
+              <a:gd name="connsiteY5" fmla="*/ 1312863 h 11309350"/>
+              <a:gd name="connsiteX6" fmla="*/ 18848070 w 18848070"/>
+              <a:gd name="connsiteY6" fmla="*/ 11309350 h 11309350"/>
+              <a:gd name="connsiteX7" fmla="*/ 8032166 w 18848070"/>
+              <a:gd name="connsiteY7" fmla="*/ 11309350 h 11309350"/>
+              <a:gd name="connsiteX8" fmla="*/ 8032166 w 18848070"/>
+              <a:gd name="connsiteY8" fmla="*/ 5219003 h 11309350"/>
+              <a:gd name="connsiteX9" fmla="*/ 0 w 18848070"/>
+              <a:gd name="connsiteY9" fmla="*/ 5219003 h 11309350"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="18848070" h="11309350">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="18848070" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18848070" y="1"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10113031" y="1"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10113031" y="1312863"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18848070" y="1312863"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="18848070" y="11309350"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8032166" y="11309350"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8032166" y="5219003"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="5219003"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="object 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{028C5C39-9405-FCB7-C524-4F97C719FE84}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11308556" y="0"/>
+            <a:ext cx="8796020" cy="1256665"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="8796019" h="1256665">
+                <a:moveTo>
+                  <a:pt x="8795543" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1256506"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8795543" y="1256506"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8795543" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EFEDEA"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr b="0" i="0" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11575355" y="434251"/>
+            <a:ext cx="395689" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>01</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="12049451" y="432117"/>
+            <a:ext cx="1806880" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 50000"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{320980D3-F69E-1E04-C564-F4F5D9183D3E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="13997120" y="432117"/>
+            <a:ext cx="1806880" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="75000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Holder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FECD94A-7790-72D5-7C07-0ED4712E3B3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="7"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="18491502" y="10627304"/>
+            <a:ext cx="933148" cy="346249"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="38100">
+              <a:spcBef>
+                <a:spcPts val="70"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:pPr marL="38100">
+                <a:spcBef>
+                  <a:spcPts val="70"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="object 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{382DC5D2-4E7E-6348-956F-CDC23FB483EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1256030" y="5121275"/>
+            <a:ext cx="8110220" cy="6188074"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="8796019" h="1256665">
+                <a:moveTo>
+                  <a:pt x="8795543" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1256506"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8795543" y="1256506"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="8795543" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="18914"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr b="0" i="0" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6897045-81E1-32EE-D6B7-58D327694556}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2022114" y="6037469"/>
+            <a:ext cx="6172198" cy="491073"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Marcador de texto 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72C80322-B11F-3D46-A51C-B402D0AC8201}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2015765" y="6986688"/>
+            <a:ext cx="6178548" cy="3474047"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr algn="ctr">
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr algn="ctr">
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr algn="ctr">
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr algn="ctr">
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43322CE2-45BD-C026-F118-68FE7E069240}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2629219159"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Imagen completa">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14346,57 +18101,57 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F3E34BB-6269-36D1-8304-5D71F6A5C43B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1267129" y="1267814"/>
             <a:ext cx="18836971" cy="10002495"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{028C5C39-9405-FCB7-C524-4F97C719FE84}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11308556" y="0"/>
             <a:ext cx="8796020" cy="1256665"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -14409,251 +18164,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -14704,58 +18387,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -14786,88 +18469,202 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{387DBD6D-7065-D761-E5E1-9BFE4A4AEFD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4086005391"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="2 imagenes">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -14880,97 +18677,97 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1C2C9AA-3B4A-2F7E-AE33-FDF4C5C98CAE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="42"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11337375" y="1267814"/>
             <a:ext cx="8766725" cy="10002495"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Marcador de posición de imagen 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F3E34BB-6269-36D1-8304-5D71F6A5C43B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1267129" y="1267814"/>
             <a:ext cx="10041427" cy="10002495"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{028C5C39-9405-FCB7-C524-4F97C719FE84}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11308556" y="0"/>
             <a:ext cx="8796020" cy="1256665"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -14983,251 +18780,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -15278,58 +19003,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -15360,88 +19085,202 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29E95C3D-E6EA-5B0B-09BC-A3AAC4D11A1A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="54747492"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="3 imagenes">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -15454,97 +19293,97 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1C2C9AA-3B4A-2F7E-AE33-FDF4C5C98CAE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="42"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7464128" y="1256663"/>
             <a:ext cx="6196999" cy="10048445"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Marcador de posición de imagen 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F3E34BB-6269-36D1-8304-5D71F6A5C43B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1267129" y="1256664"/>
             <a:ext cx="6196999" cy="10058423"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{028C5C39-9405-FCB7-C524-4F97C719FE84}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11308556" y="0"/>
             <a:ext cx="8796020" cy="1256665"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -15557,251 +19396,179 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA254817-2586-84DC-A17F-2F7B424EA273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...70 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{792F90E5-E5EB-8F22-FC7D-0C9DDD4DF000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -15852,58 +19619,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -15934,52 +19701,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de posición de imagen 17">
@@ -15988,79 +19755,428 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22A03FC3-A97C-9E2C-FCD7-A7035D38DB1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="43"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="13669115" y="1260905"/>
             <a:ext cx="6442973" cy="10048445"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1004AEE-167A-26CF-A765-1DA37C70D2D2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="998760090"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="intro 1">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Marcador de posición de imagen 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D27AE0C6-BBE9-33EE-2CB3-A3B20CFC3705}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="20104100" cy="11307600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill dpi="0" rotWithShape="1">
+            <a:blip r:embed="rId2" cstate="print">
+              <a:alphaModFix amt="73807"/>
+            </a:blip>
+            <a:srcRect/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Holder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61954A27-FBD0-1F14-293C-13F3D016E12A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831850" y="876576"/>
+            <a:ext cx="6433312" cy="4800600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="3500" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E2E59FD-1954-6DCD-07FE-4B6CE7F03978}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="831850" y="6035675"/>
+            <a:ext cx="6432550" cy="3429000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Holder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="7"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="18491502" y="10627303"/>
+            <a:ext cx="933148" cy="346249"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="38100">
+              <a:spcBef>
+                <a:spcPts val="70"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
+              <a:rPr lang="es-ES" smtClean="0"/>
+              <a:pPr marL="38100">
+                <a:spcBef>
+                  <a:spcPts val="70"/>
+                </a:spcBef>
+              </a:pPr>
+              <a:t>‹Nº›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="471034487"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Index">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1">
             <a:alpha val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -16076,131 +20192,71 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
-          </a:p>
-[...58 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="bg object 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5ED947BE-42E7-B21B-6B10-E5D0D13F30EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="294791" y="381979"/>
             <a:ext cx="677545" cy="492759"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -16702,156 +20758,92 @@
                 <a:lnTo>
                   <a:pt x="160340" y="38364"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="104688" y="1566"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="72119" y="467"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="39866" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
-[...63 lines deleted...]
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17F0D027-C496-B75D-CB7C-8D764855529E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2718680" y="2506430"/>
             <a:ext cx="495151" cy="491073"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="-150">
+              <a:defRPr sz="2000" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -16871,52 +20863,52 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5784850" y="3170970"/>
             <a:ext cx="2723514" cy="894339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -16961,58 +20953,58 @@
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17063,58 +21055,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17144,55 +21136,55 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2718680" y="4474480"/>
             <a:ext cx="495151" cy="491073"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="-150">
+              <a:defRPr sz="2000" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17212,52 +21204,52 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5784850" y="5139020"/>
             <a:ext cx="2723514" cy="2793677"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17302,58 +21294,58 @@
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17404,58 +21396,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17485,55 +21477,55 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2718680" y="8341915"/>
             <a:ext cx="495151" cy="491073"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="-150">
+              <a:defRPr sz="2000" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17553,52 +21545,52 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5784850" y="9006455"/>
             <a:ext cx="2723514" cy="894339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17643,58 +21635,58 @@
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17745,58 +21737,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17826,55 +21818,55 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="22" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11817410" y="2486616"/>
             <a:ext cx="495151" cy="491073"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="-150">
+              <a:defRPr sz="2000" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17894,52 +21886,52 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15377935" y="3151156"/>
             <a:ext cx="2723514" cy="894339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -17984,58 +21976,58 @@
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -18086,58 +22078,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -18166,52 +22158,52 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15377935" y="5127080"/>
             <a:ext cx="2723514" cy="894339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -18262,58 +22254,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -18342,52 +22334,52 @@
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="28" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15364059" y="7038358"/>
             <a:ext cx="2723514" cy="894339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="1800" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1500">
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -18438,58 +22430,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -18519,55 +22511,55 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="30" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11817410" y="8325698"/>
             <a:ext cx="495151" cy="491073"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="-150">
+              <a:defRPr sz="2000" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -18603,58 +22595,58 @@
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -18705,295 +22697,355 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="bg object 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{668D9440-3A32-38A5-98F6-C4AC3B3FA735}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1256506" y="0"/>
+            <a:ext cx="1256665" cy="1256665"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1256664" h="1256665">
+                <a:moveTo>
+                  <a:pt x="1256516" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1256506"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256516" y="1256506"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256516" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:alpha val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr b="0" i="0" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6258CE5F-A63D-C05D-64AD-1903C7C149C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1256664"/>
+            <a:ext cx="1267129" cy="10052685"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1256665" h="2523490">
+                <a:moveTo>
+                  <a:pt x="1256499" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1261732"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2523477"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256499" y="2523477"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256499" y="1261732"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1256499" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr b="0" i="0" dirty="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4147001419"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="obj" preserve="1">
   <p:cSld name="Title">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="object 3">
-[...62 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="2" name="Holder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1256506" y="6645276"/>
             <a:ext cx="12012200" cy="3200399"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="10800" b="0" i="0" spc="-300">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Holder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1441450" y="8169275"/>
             <a:ext cx="11441465" cy="1661993"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="10800" spc="-300">
+              <a:defRPr sz="10800" b="0" i="0" spc="-300">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="90000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="bg object 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -19023,51 +23075,51 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1256516" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1256516" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="bg object 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{910710C7-A89C-6A64-0633-366E80975884}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1546065" y="381979"/>
             <a:ext cx="677545" cy="492759"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -19570,1367 +23622,168 @@
                 <a:lnTo>
                   <a:pt x="160340" y="38364"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="104688" y="1566"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="72119" y="467"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="39866" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Holder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D70875D-8317-A9AD-3A6D-CA3B1EA67F78}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...44 lines deleted...]
-          <p:cNvPr id="17" name="bg object 17"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectángulo 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15A2054F-98BB-B915-38B3-81F443319F0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1256506" y="0"/>
-[...597 lines deleted...]
-            <a:ext cx="12012200" cy="3200399"/>
+            <a:off x="0" y="4283074"/>
+            <a:ext cx="1266189" cy="2362201"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:srgbClr val="FFFFFF"/>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
-        </p:spPr>
-[...506 lines deleted...]
-          <a:ln w="12700">
+          <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
-            <a:schemeClr val="lt1"/>
+            <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
-            <a:schemeClr val="dk1"/>
+            <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
-          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
-[...63 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="583746990"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1085071444"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
   <p:cSld name="Cierre">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="tx2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
@@ -20966,197 +23819,156 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1266189" y="6122649"/>
             <a:ext cx="17581563" cy="4419600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="360000" tIns="792000" bIns="360000" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:lnSpc>
                 <a:spcPts val="16260"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
-              <a:defRPr sz="3500" spc="-300">
+              <a:defRPr sz="3500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
-              <a:t>The Brand New EHU</a:t>
-[...58 lines deleted...]
-            </a:endParaRPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Holder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11857184" y="467389"/>
-            <a:ext cx="6623699" cy="384721"/>
+            <a:ext cx="6623699" cy="539086"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="2500" b="0" i="0">
+              <a:defRPr sz="3000" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
-              <a:t>The Brand New EHU</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Marcador de texto 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42F470F8-D607-2F34-3BFD-424F834AAE7E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="17337882" y="6340475"/>
             <a:ext cx="1143001" cy="481965"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="2500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -21184,50 +23996,102 @@
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1266189" y="0"/>
             <a:ext cx="2513910" cy="2513330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectángulo 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{701624B7-D160-857C-6BBE-6E7A2CE9FD26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="4881869"/>
+            <a:ext cx="1266189" cy="1223075"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3670172450"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="intro 2">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF">
@@ -21282,84 +24146,84 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Holder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022114" y="2047866"/>
             <a:ext cx="6172199" cy="3149609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2200" b="0" i="0">
+              <a:defRPr sz="3500" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Holder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -21369,52 +24233,52 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Marcador de texto 15">
@@ -21425,230 +24289,142 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...86 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06C28349-A606-C9ED-DF98-13425165405E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -21715,58 +24491,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -21809,52 +24585,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{692F68DE-5BAC-ACF0-CA25-AE083B9AAB1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="25" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2022113" y="7680325"/>
             <a:ext cx="6172199" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -21881,77 +24657,191 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08E7CBC1-4589-30DD-130D-9CC94905BBA2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2036999" y="5410200"/>
             <a:ext cx="6172199" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1800">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="3000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C37F36ED-6001-80E4-FF98-4F8468AAF90F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>Lorem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3813219536"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -21996,141 +24886,141 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="39"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2223610" y="2851658"/>
             <a:ext cx="3733800" cy="2695215"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Marcador de posición de imagen 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{287E367E-8FF4-B94B-3586-6D798DD01E8A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="40"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6685532" y="2879875"/>
             <a:ext cx="3765896" cy="2667000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Marcador de posición de imagen 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AC93131-A4F8-CFE7-24E4-25444BD32AD8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11069780" y="2851298"/>
             <a:ext cx="3765896" cy="2667000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="object 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29EF3D6E-9086-05D1-61C7-26F146F7D9AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11308556" y="0"/>
             <a:ext cx="8796020" cy="1256665"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
             <a:cxnLst/>
@@ -22143,90 +25033,90 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Holder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13068F01-2B3F-56B8-5FB0-DBCF4ACB2CFB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de texto 15">
@@ -22256,58 +25146,58 @@
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -22399,58 +25289,58 @@
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -22542,58 +25432,58 @@
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -22685,58 +25575,58 @@
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -22822,52 +25712,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FA17282-E3D0-5984-02FF-7FA7F3C5D2CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="22" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6638362" y="7680325"/>
             <a:ext cx="3794688" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -22894,52 +25784,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7768B7B6-5B57-FFE0-2352-5E151991F82E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11071412" y="7680325"/>
             <a:ext cx="3765896" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -22966,52 +25856,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD4E07E6-5A86-E699-F141-82FA99DDA354}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="24" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15480304" y="7680325"/>
             <a:ext cx="3765896" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -23038,52 +25928,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A0A02C1-2587-480C-F3B0-355A4F6846A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="25" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2193166" y="7680325"/>
             <a:ext cx="3794688" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -23113,230 +26003,142 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...86 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F57F659C-48FE-C03A-9D5A-3AF351D740EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -23403,58 +26205,58 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -23500,57 +26302,171 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="42"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15480304" y="2851298"/>
             <a:ext cx="3765896" cy="2667000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C97CAE5A-6572-E916-A614-47231D9404FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="43" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2845929792"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_TImeline">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:srgbClr val="FFFFFF">
             <a:alpha val="0"/>
           </a:srgbClr>
@@ -23603,90 +26519,90 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="EFEDEA"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Holder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13068F01-2B3F-56B8-5FB0-DBCF4ACB2CFB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="18491502" y="10627304"/>
             <a:ext cx="933148" cy="346249"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans"/>
-                <a:cs typeface="EHUSans"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>‹Nº›</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de texto 15">
@@ -23716,58 +26632,58 @@
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -23816,58 +26732,58 @@
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -23959,58 +26875,58 @@
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -24075,58 +26991,58 @@
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -24218,58 +27134,58 @@
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -24334,58 +27250,58 @@
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -24477,58 +27393,58 @@
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="3000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -24593,58 +27509,58 @@
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="2000" spc="0">
+              <a:defRPr sz="2000" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -24714,52 +27630,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FA17282-E3D0-5984-02FF-7FA7F3C5D2CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="22" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6638362" y="7680325"/>
             <a:ext cx="3794688" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -24786,52 +27702,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7768B7B6-5B57-FFE0-2352-5E151991F82E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11071412" y="7680325"/>
             <a:ext cx="3765896" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -24858,52 +27774,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD4E07E6-5A86-E699-F141-82FA99DDA354}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="24" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="15480304" y="7680325"/>
             <a:ext cx="3765896" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -24930,52 +27846,52 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A0A02C1-2587-480C-F3B0-355A4F6846A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="25" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2193166" y="7680325"/>
             <a:ext cx="3794688" cy="2057400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500">
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:defRPr sz="2000" b="0" i="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr algn="ctr">
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
@@ -25005,230 +27921,142 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11575355" y="434251"/>
             <a:ext cx="395689" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="-150">
+              <a:defRPr sz="1500" b="0" i="0" spc="-150">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="es-ES" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
-          </a:p>
-[...86 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Marcador de texto 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F57F659C-48FE-C03A-9D5A-3AF351D740EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="12049451" y="432117"/>
             <a:ext cx="1806880" cy="392430"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst>
               <a:gd name="adj" fmla="val 50000"/>
             </a:avLst>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700"/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -25295,58 +28123,172 @@
               <a:lumMod val="75000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln w="12700">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="dk1"/>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="lt1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="dk1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="dk1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="1500" spc="0">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
-                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr>
+                <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CA36BBF-65BB-5E42-3F85-1B04FD1421D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="15944788" y="432117"/>
+            <a:ext cx="3479861" cy="392430"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="lt1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="dk1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="180000" tIns="0" rIns="0" bIns="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1500" b="0" i="0" spc="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr>
                 <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -25378,92 +28320,92 @@
               <a:rPr lang="es-ES" dirty="0" err="1"/>
               <a:t>ipsum</a:t>
             </a:r>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3105561757"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4189694978"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483670" r:id="rId1"/>
-    <p:sldLayoutId id="2147483671" r:id="rId2"/>
-[...2 lines deleted...]
-    <p:sldLayoutId id="2147483672" r:id="rId5"/>
+    <p:sldLayoutId id="2147483699" r:id="rId2"/>
+    <p:sldLayoutId id="2147483671" r:id="rId3"/>
+    <p:sldLayoutId id="2147483667" r:id="rId4"/>
+    <p:sldLayoutId id="2147483668" r:id="rId5"/>
     <p:sldLayoutId id="2147483696" r:id="rId6"/>
   </p:sldLayoutIdLst>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr>
         <a:defRPr>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="0">
         <a:defRPr>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
       <a:lvl2pPr marL="457200">
         <a:defRPr>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
@@ -25647,51 +28589,51 @@
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="8795543" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="FFFFFF"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="bg object 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FB4A399-DC0F-5003-056A-5A0D1F40A9C8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1256506" y="0"/>
             <a:ext cx="1256665" cy="1256665"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -25707,51 +28649,51 @@
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1256516" y="1256506"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1256516" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:alpha val="40000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FFFDC34-EEC6-921F-218E-61E3B4CB83FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1256664"/>
             <a:ext cx="1267129" cy="10052685"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -25763,59 +28705,59 @@
                   <a:pt x="1256499" y="0"/>
                 </a:moveTo>
                 <a:lnTo>
                   <a:pt x="0" y="0"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="1261732"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="0" y="2523477"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1256499" y="2523477"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1256499" y="1261732"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="1256499" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="tx2"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="bg object 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31E8185A-0186-22FD-C16E-1700DE3A6D50}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="294791" y="381979"/>
             <a:ext cx="677545" cy="492759"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst/>
             <a:ahLst/>
@@ -26318,81 +29260,83 @@
                 <a:lnTo>
                   <a:pt x="160340" y="38364"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="104688" y="1566"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="72119" y="467"/>
                 </a:lnTo>
                 <a:lnTo>
                   <a:pt x="39866" y="0"/>
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr b="0" i="0" dirty="0">
-              <a:latin typeface="EHUSans" panose="02000503050000020004" pitchFamily="2" charset="0"/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3671298244"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483682" r:id="rId1"/>
     <p:sldLayoutId id="2147483683" r:id="rId2"/>
     <p:sldLayoutId id="2147483698" r:id="rId3"/>
     <p:sldLayoutId id="2147483674" r:id="rId4"/>
     <p:sldLayoutId id="2147483695" r:id="rId5"/>
     <p:sldLayoutId id="2147483692" r:id="rId6"/>
     <p:sldLayoutId id="2147483684" r:id="rId7"/>
     <p:sldLayoutId id="2147483685" r:id="rId8"/>
     <p:sldLayoutId id="2147483693" r:id="rId9"/>
     <p:sldLayoutId id="2147483675" r:id="rId10"/>
     <p:sldLayoutId id="2147483697" r:id="rId11"/>
     <p:sldLayoutId id="2147483686" r:id="rId12"/>
-    <p:sldLayoutId id="2147483687" r:id="rId13"/>
-[...3 lines deleted...]
-    <p:sldLayoutId id="2147483691" r:id="rId17"/>
+    <p:sldLayoutId id="2147483700" r:id="rId13"/>
+    <p:sldLayoutId id="2147483687" r:id="rId14"/>
+    <p:sldLayoutId id="2147483688" r:id="rId15"/>
+    <p:sldLayoutId id="2147483701" r:id="rId16"/>
+    <p:sldLayoutId id="2147483689" r:id="rId17"/>
+    <p:sldLayoutId id="2147483690" r:id="rId18"/>
+    <p:sldLayoutId id="2147483691" r:id="rId19"/>
   </p:sldLayoutIdLst>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr>
         <a:defRPr>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="0">
         <a:defRPr>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
       <a:lvl2pPr marL="457200">
         <a:defRPr>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
@@ -26528,308 +29472,333 @@
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de texto 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1179CD69-0B07-3E2C-3341-18714DC20AAA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Título 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FD9BB18-7D79-F341-A3A3-C2113672C432}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Marcador de texto 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F62C69C0-2AAD-ABC7-3D93-B3F1DAC283E7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectángulo 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75344A05-B35C-9907-6E5F-BAB7883E1CF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="4892675"/>
+            <a:ext cx="1266189" cy="1229974"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1243094781"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Marcador de texto 14">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C07F7CB4-801D-83C4-9C00-55CDE8F7E902}"/>
+          <p:cNvPr id="6" name="Marcador de texto 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA67255E-7231-BCC5-7AE6-E342DD1E1B8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Marcador de texto 15">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE4533F4-5998-DA18-C69E-F0E9339CC4D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Marcador de texto 16">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65955C7A-2D83-176F-9222-109F8DA2EF00}"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF6FC979-F20D-8AB0-F1F0-98DA61346413}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Marcador de número de diapositiva 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC319E02-5D4B-2771-E1FB-7FCDD2DC6B40}"/>
@@ -26846,137 +29815,162 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Título 13">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{504D56E2-6600-438F-39C2-AD7A35C26B94}"/>
+          <p:cNvPr id="5" name="Título 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A5C4C8E-BCD7-4D08-46A8-7A81A27A5F00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Marcador de texto 19">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8563D6BC-851D-97E2-2AF8-CBD5B18C676C}"/>
+          <p:cNvPr id="11" name="Marcador de texto 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEE97937-2742-8E54-0165-870A27476445}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Marcador de posición de imagen 20">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4DFA339-8655-13C2-4F3B-BFD24269EDA5}"/>
+          <p:cNvPr id="12" name="Marcador de posición de imagen 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C26B7EBE-6E20-7DED-AC53-8370BE4392D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Marcador de texto 18">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{029057EA-30EB-BC0F-ADE6-97026099216E}"/>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91531F04-7C85-E7E8-3B04-FDC0257D3E15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB85BC80-DCAF-272F-C151-6916F30A6D08}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="221264745"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
@@ -27015,359 +30009,334 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Título 10">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A9D49F0-CC34-02A9-1EC4-AA4C872E691D}"/>
+          <p:cNvPr id="4" name="Título 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32995821-75E7-BE3E-714F-FBE9AEA7DC85}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Marcador de texto 11">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D778752D-C88D-54C9-7F8A-50002ECCC81A}"/>
+          <p:cNvPr id="5" name="Marcador de texto 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26E21849-2C29-D880-0E59-15612D4E4EC3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Marcador de texto 12">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{311E9C61-17BC-A5B2-9130-5F9D4B27D335}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Marcador de texto 13">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="12"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCF3D39F-1E34-24FA-9394-8743612EA058}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Marcador de texto 14">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="13"/>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{156CF061-D269-70AF-6667-BE099F37A337}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Marcador de texto 15">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="17"/>
+          <p:cNvPr id="18" name="Marcador de texto 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{673FF06F-3D59-8351-E5D2-3B8C20EE6B7D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Marcador de texto 16">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="27"/>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3302CA3F-FBD1-8E85-0152-641DCFC6931E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1326573627"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Marcador de posición de imagen 16">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{936867F3-2079-2B4D-4F12-18A64B22B692}"/>
+          <p:cNvPr id="20" name="Marcador de posición de imagen 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF5C4FE7-D35F-DA98-433B-CC9600CC6CC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="28"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Marcador de texto 10">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13024BF4-A616-9DAD-3754-6A05FA28C265}"/>
+          <p:cNvPr id="6" name="Marcador de texto 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DED323C-9E62-5F14-3A35-ED6048C695AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Marcador de texto 11">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4A0293C-7757-9CDE-F310-E878F5101AE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Marcador de texto 12">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6768BBB1-3325-58D5-3159-704DF459BF27}"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11CF659D-899F-6DF2-97C1-01F9DD207F05}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Marcador de número de diapositiva 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10835636-9D67-6E75-D1BD-981C0161E607}"/>
@@ -27384,112 +30353,137 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Título 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F032A719-5567-2F3D-5BAA-0403CF0A0F05}"/>
+          <p:cNvPr id="5" name="Título 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D76A7F0-5048-433F-F3B0-1A5EF5643732}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Marcador de texto 14">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34CB90E5-2086-01AA-2878-9B5012260F0F}"/>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1472324-AEEF-68F3-7C72-D64EED786C67}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Marcador de texto 15">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F8CAF76-49A0-3B09-0E25-D17EE7E90376}"/>
+          <p:cNvPr id="19" name="Marcador de texto 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05C6621F-90E5-727B-E446-AE70F11B9F8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Marcador de texto 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BD0640F-8ACC-BD09-24C8-D5951B9E5E89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2570340589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
@@ -27528,462 +30522,462 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Marcador de texto 15">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D1EBC50-F728-EC1B-D361-A414C3FD3E78}"/>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8B31428-42E4-9CBB-8F7E-35D16992E551}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Marcador de texto 10">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45DD6D67-08BC-93D3-C807-69CFE975BF56}"/>
+          <p:cNvPr id="4" name="Marcador de texto 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C24EF5C5-3E8F-5F50-ACF0-2B0BBCF952ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Marcador de texto 11">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="5" name="Marcador de texto 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D836D5C-843C-8DFE-1988-A325E1C605F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Marcador de texto 12">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="12"/>
+          <p:cNvPr id="6" name="Marcador de texto 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEB895F3-5121-6C58-30F6-0C7C27BC57AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Marcador de texto 13">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="13"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{278C4CC5-2374-2A12-8B08-7DED10614E46}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Marcador de texto 14">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="17"/>
+          <p:cNvPr id="28" name="Marcador de texto 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E50524D7-D80B-0D56-1FC2-FD7101C5025F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Marcador de texto 16">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="27"/>
+          <p:cNvPr id="29" name="Marcador de texto 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDCB447C-0C72-FAE8-6880-382D7F4C00ED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="29"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Marcador de texto 17">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="29"/>
+          <p:cNvPr id="30" name="Marcador de texto 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD0EC7E9-AD35-4051-41B6-D863EE0C899B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="30"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Marcador de texto 18">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="30"/>
+          <p:cNvPr id="31" name="Marcador de texto 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2ACF5A42-1952-9164-597E-ECEFEAA3023B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="32"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Marcador de texto 19">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="32"/>
+          <p:cNvPr id="32" name="Marcador de texto 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9B1FAE8-1E8F-A39E-755B-F9498F9EA74A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="33"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Marcador de texto 20">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="33"/>
+          <p:cNvPr id="33" name="Marcador de texto 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EE93317-B100-474D-6B55-9FD15D9D78F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="40"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="Marcador de texto 21">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="40"/>
+          <p:cNvPr id="34" name="Marcador de texto 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31779A80-D123-33FC-30AF-5764403E87F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="Marcador de texto 22">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="41"/>
+          <p:cNvPr id="35" name="Marcador de texto 34">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F69341A-C57E-260C-C97D-914973211776}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="44"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="Marcador de texto 23">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="44"/>
+          <p:cNvPr id="36" name="Marcador de texto 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A30608AB-10E9-3FEC-2578-3C9FFD7B90B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="45"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="Marcador de texto 24">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="45"/>
+          <p:cNvPr id="37" name="Marcador de texto 36">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A4A290-6731-1320-6577-5862A2CF5F22}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="46"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="Marcador de texto 25">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="46"/>
+          <p:cNvPr id="38" name="Marcador de texto 37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B1EFE70-6587-A62B-6E4C-BFF1E0CCDF83}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="47"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="Marcador de texto 26">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="47"/>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F80509BE-0C0E-F3A4-F588-633D7060FA99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1178202320"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
@@ -28013,340 +31007,315 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Título 11">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9137C85A-73BC-FD86-C303-099880D7542E}"/>
+          <p:cNvPr id="5" name="Título 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{863D857C-D681-305A-3313-EF34D9D5C378}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Marcador de texto 17">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B792C176-800D-6C47-84E7-E00F01E96F37}"/>
+          <p:cNvPr id="11" name="Marcador de texto 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{795E2F7E-03DE-6C06-4F07-BC807220A456}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Marcador de texto 12">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D9AAA9C-0CB2-2431-29E1-26B529B210DE}"/>
+          <p:cNvPr id="6" name="Marcador de texto 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBFDE62A-1533-FA09-D18C-F0D6BD1BBEA6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Marcador de texto 13">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F47EB2E-149A-1666-B1BC-AF10DE2086BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Marcador de texto 14">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="12"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E357A437-6E72-B195-3862-8F5B0975D096}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Marcador de texto 15">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="13"/>
+          <p:cNvPr id="25" name="Marcador de texto 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32B7BF12-6A33-3B00-A5FB-68B203F19B10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Marcador de texto 18">
-[...18 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F948C4C-C604-15EA-46B0-83A117E7E05F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Marcador de texto 16">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="17"/>
+          <p:cNvPr id="26" name="Marcador de texto 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7339D0A-302D-8F9E-98D2-9985256D2A64}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="28"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Marcador de texto 19">
-[...18 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="28" name="Marcador de texto 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{148721C0-D485-9D3D-5CF5-BB8B351B21B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="30"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Marcador de texto 20">
-[...18 lines deleted...]
-        </p:spPr>
+          <p:cNvPr id="29" name="Marcador de texto 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C73F3792-CC85-90F3-DDD2-2B4AA8BCC061}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="31"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES" dirty="0"/>
-[...24 lines deleted...]
-        </p:spPr>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48A531E5-8239-E08B-D0A9-33EADFC71D82}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="23" name="Conector recto 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A196FE91-A53A-185A-1172-C0833AC7BF89}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7939112" y="6432550"/>
@@ -28502,337 +31471,337 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="Título 32">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71EA929A-71FE-7534-50FB-C94192E4B2CA}"/>
+          <p:cNvPr id="4" name="Título 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AF434A7-F2E5-A059-8441-0D6ECEC6786A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="Marcador de texto 38">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7006FC15-390A-7E90-31A1-773DBBF9E9FA}"/>
+          <p:cNvPr id="11" name="Marcador de texto 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAC59FD0-9C26-45E1-B3DD-77A5247378D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
-[...8 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E48B37AD-F7FD-0CB7-DE0D-94A3D5A1E2C9}"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Marcador de texto 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDE12484-3868-AFD7-0692-601B7D3576DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="35" name="Marcador de texto 34">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAF8FDDD-5343-CCCE-B934-AAD99DFB4306}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="36" name="Marcador de texto 35">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="12"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B24F7F43-1292-9582-5E49-F25CCBF217D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="37" name="Marcador de texto 36">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="13"/>
+          <p:cNvPr id="12" name="Marcador de texto 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DC72684-A7DC-F0E3-9638-453B3EF01561}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="40" name="Marcador de texto 39">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="27"/>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEB2A351-B407-CED9-22C8-E10FF46D0AB6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="Marcador de texto 37">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="17"/>
+          <p:cNvPr id="13" name="Marcador de texto 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C96406EF-33AC-FCF0-9F07-5CE6D2B30243}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="28"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="41" name="Marcador de texto 40">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="28"/>
+          <p:cNvPr id="14" name="Marcador de texto 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9075A194-15E9-DD25-0F52-1C635D3BC58C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="30"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="42" name="Marcador de texto 41">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="30"/>
+          <p:cNvPr id="15" name="Marcador de texto 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67776E43-2C64-32F5-6485-B208A46DCA75}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="31"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="43" name="Marcador de texto 42">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="31"/>
+          <p:cNvPr id="16" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE06A8CF-46DC-7468-74AC-5C096F5DB5D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="32"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="44" name="Marcador de texto 43">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="32"/>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA8D1A1C-A65C-74B2-6B06-C6616CC77917}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="46" name="Conector recto 45">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35074F99-6233-31C2-C91A-7B07AA147E5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
@@ -28996,129 +31965,104 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="Marcador de texto 30">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2082C80-1D10-9BF7-5139-5A9E2B2277A1}"/>
+          <p:cNvPr id="5" name="Marcador de texto 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54AD3EF8-9E51-DD85-B159-E0B76DDE44FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Marcador de texto 31">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="6" name="Marcador de texto 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02685580-14E9-F85D-28A0-1C036D5D6179}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="Marcador de texto 32">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21F200DE-CCAE-862D-3883-40A82B44B98A}"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5907237-60D9-CC3E-AE30-1D49AF2F95FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Marcador de número de diapositiva 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DAB51DD9-7CDE-7B1A-853F-5CB0F818D6DD}"/>
@@ -29135,759 +32079,759 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="36" name="Marcador de texto 35">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{160965BD-826E-D9C6-D7C7-6232D77A8B07}"/>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63EE11D4-ED78-F6F3-C360-0319838BDCA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="37" name="Marcador de texto 36">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6422C06E-F6AE-D259-126B-A3BA308ECEB7}"/>
+          <p:cNvPr id="11" name="Marcador de texto 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85FDA130-8054-3D56-1D68-BB2150FAA644}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="Marcador de texto 37">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04799BCA-56F1-3E21-1165-065CFF6813D5}"/>
+          <p:cNvPr id="12" name="Marcador de texto 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98332331-6C6E-67EA-5AA7-D3BEAEAB3451}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="30"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="35" name="Marcador de texto 34">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1305D26-CECF-B6EE-F386-78973C04E160}"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A76F228D-74FF-4C18-D953-7A5607656FB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="Marcador de texto 38">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81AC4EDB-E97C-39E0-E411-5BDA0386B094}"/>
+          <p:cNvPr id="13" name="Marcador de texto 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E978785E-AA51-3DB7-DE98-208BB5DFA404}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="31"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="40" name="Marcador de texto 39">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D08F033-8323-1E37-E055-67C1D84A4944}"/>
+          <p:cNvPr id="14" name="Marcador de texto 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73332262-F9F8-5C9F-1A3F-462FE506CBC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="41" name="Marcador de texto 40">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE9DCEF-3A4E-38D5-F548-FB6944DBB673}"/>
+          <p:cNvPr id="15" name="Marcador de texto 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F1E8EAF-BA47-E424-B101-94C7927FF6BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="33"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="42" name="Marcador de texto 41">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A0F0412-3AFD-713D-C214-4709BD7F4282}"/>
+          <p:cNvPr id="16" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E6BCF34-A507-4209-60D4-2520CEB8F060}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="34"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="43" name="Marcador de texto 42">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C29611C-058D-3B50-E879-E54ED771EA9F}"/>
+          <p:cNvPr id="17" name="Marcador de texto 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1857C005-871F-9599-7922-6A392245EEAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="35"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="44" name="Marcador de texto 43">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2D7F537-1E36-7C76-0E93-17FC37C92043}"/>
+          <p:cNvPr id="18" name="Marcador de texto 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B46C0906-1103-F5D0-04F9-3FC6C79D1E73}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="36"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="45" name="Marcador de texto 44">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCA0FB24-C0CC-3C48-54AB-80D24AD5C2EC}"/>
+          <p:cNvPr id="19" name="Marcador de texto 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5015947E-64A7-9957-2D95-F1AB150DD99F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="37"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="46" name="Marcador de texto 45">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{607F5BA6-D3B4-5179-9DE2-0751B98AB7B3}"/>
+          <p:cNvPr id="20" name="Marcador de texto 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7798FBFA-FE03-69D3-7832-4116BECF9981}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="38"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="47" name="Marcador de texto 46">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A7A47A8-435A-3F8A-A21A-6E1931D7F84F}"/>
+          <p:cNvPr id="21" name="Marcador de texto 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C652EAF3-C900-7688-52F0-742A2E2CA845}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="39"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="48" name="Marcador de texto 47">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC31A3B8-9615-CD35-D96F-61C96745FEB0}"/>
+          <p:cNvPr id="22" name="Marcador de texto 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE2AE912-2146-799C-A15D-2CF2DBF380B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="40"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="49" name="Marcador de texto 48">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AFE3715-6AB6-0BDD-D522-A1B6AD1F039C}"/>
+          <p:cNvPr id="23" name="Marcador de texto 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C15B0DF0-78C4-F909-AE69-2FE8369A9C98}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="50" name="Marcador de texto 49">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB52F302-903B-F6E5-AC05-DF34155273F9}"/>
+          <p:cNvPr id="24" name="Marcador de texto 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5875A639-55BA-5D02-4880-422EA5A8AF95}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="42"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="51" name="Marcador de texto 50">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3259E041-A2E7-C741-8D18-2064FCD5CA86}"/>
+          <p:cNvPr id="25" name="Marcador de texto 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35A69ADF-092D-C6F1-F35D-268392DECAEA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="43"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="52" name="Marcador de texto 51">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B052F18-C827-67EA-22A1-C9328B5A82D0}"/>
+          <p:cNvPr id="26" name="Marcador de texto 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41949136-EF68-2230-3CE2-ED66E9A13FF4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="44"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="53" name="Marcador de texto 52">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0BEE0BF-E6F6-3BF9-9957-999F8D91E898}"/>
+          <p:cNvPr id="27" name="Marcador de texto 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81E0EB29-9E68-A140-B643-583D72FF5C81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="45"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="54" name="Marcador de texto 53">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC48AC88-3D62-9A43-C923-4A92213445A9}"/>
+          <p:cNvPr id="28" name="Marcador de texto 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33826FC5-9771-7AFD-72AE-7C52087FA796}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="46"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="55" name="Marcador de texto 54">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8C59820-6863-ECFA-9B6F-662B5963A8CC}"/>
+          <p:cNvPr id="29" name="Marcador de texto 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06C31ABF-E922-99A7-ABC0-B673BD1A664F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="47"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="56" name="Marcador de texto 55">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{751ADD68-F5A5-7308-480F-8B0A42C36AE9}"/>
+          <p:cNvPr id="30" name="Marcador de texto 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C99FC386-EF62-3494-84C6-D96F43B8440F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="48"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="57" name="Marcador de texto 56">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{901BC32D-8887-0248-902C-7C238AFFDCFE}"/>
+          <p:cNvPr id="59" name="Marcador de texto 58">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4726891C-AA12-3E08-B797-083B08B05EE1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="49"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="58" name="Marcador de texto 57">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{100BD64A-FC23-3886-4553-E7F572819A30}"/>
+          <p:cNvPr id="60" name="Marcador de texto 59">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{894A3A36-9F0F-CB07-C150-0433B25F9A42}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="50"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC6D0145-D918-2D3E-E7CC-65940C088E04}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1675108323"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="Marcador de texto 30">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEE1298D-E64A-E708-C06E-FA73749061C2}"/>
+          <p:cNvPr id="4" name="Marcador de texto 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E85028A-9C11-7D62-055F-10E5F8FDB974}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Marcador de texto 31">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="5" name="Marcador de texto 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{815D0435-C8D9-C395-A7E0-DAC2968B270D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="Marcador de texto 32">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F8A62CB-3159-FF29-81C8-08238EDA6DE6}"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2824A1A-C076-4ACB-DB66-D6E54F5824AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de número de diapositiva 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13984DCA-75F4-1C75-1F0E-D1B789507C75}"/>
@@ -29904,459 +32848,459 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="36" name="Marcador de texto 35">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D19C94ED-0022-66FF-B5A2-B745C71DEA67}"/>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{631BD316-FF42-46CF-BEC7-0D2FB46A5184}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="37" name="Marcador de texto 36">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{086E2F17-DC17-D5D0-5EA1-C38A73D19B09}"/>
+          <p:cNvPr id="11" name="Marcador de texto 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{150F55C2-19BA-2745-938A-329BD9BE18A1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="38" name="Marcador de texto 37">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A15C175-C278-6E89-89DC-D0CADD23646F}"/>
+          <p:cNvPr id="12" name="Marcador de texto 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D927945-5958-789E-431E-339554025BD5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="30"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="35" name="Marcador de texto 34">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66843627-1327-4C18-7712-A3500BCD6111}"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6B3923D-7118-B330-015D-BE24BFFB1CB1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="Marcador de texto 38">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AA84416-62D4-B4D4-A12A-D549D45B813A}"/>
+          <p:cNvPr id="13" name="Marcador de texto 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34FA1C81-3CAA-A03C-3201-1D819DA6318C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="31"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="40" name="Marcador de texto 39">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07BEA9E7-700C-9F9C-2669-8DD58D47EAB4}"/>
+          <p:cNvPr id="14" name="Marcador de texto 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0B7C611-DFEC-42C0-7649-6515CEFAC9A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="41" name="Marcador de texto 40">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A647060E-2983-E2C8-1F1D-B9E6DEB994BE}"/>
+          <p:cNvPr id="15" name="Marcador de texto 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45CCEA89-F5D0-7ED4-81E5-81CDCC80BF4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="33"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="42" name="Marcador de texto 41">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0234712-3767-441B-43D5-56FFE22AD50B}"/>
+          <p:cNvPr id="16" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67FF0498-7925-5DA0-B274-0C0313D95B0A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="34"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="43" name="Marcador de texto 42">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB16CABA-F54D-2EDC-4F77-5B982B56B6AA}"/>
+          <p:cNvPr id="17" name="Marcador de texto 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE137323-F3C5-9B25-DCAE-312687B9A46E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="35"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="44" name="Marcador de texto 43">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{569E5971-F453-99B8-D59C-9B31D9EDC3CF}"/>
+          <p:cNvPr id="18" name="Marcador de texto 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE27C08C-C869-3FE8-24CC-9F176490FCC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="36"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="45" name="Marcador de texto 44">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{864D5A91-C5B9-59E9-9600-03A1EBCC5CA3}"/>
+          <p:cNvPr id="19" name="Marcador de texto 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{269A8010-D0D2-CD47-33FC-7A3BFD2837B8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="37"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="46" name="Marcador de texto 45">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28C12796-00BA-A9B3-8352-7FC97F67272C}"/>
+          <p:cNvPr id="20" name="Marcador de texto 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B43BA21A-B30F-37FE-0205-8AD3756EA298}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="38"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAAE1871-AD1C-0177-F30A-6A667E8D9FFC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1174180311"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Marcador de texto 18">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A94C828-7485-4608-DBE8-B6451B73DDA7}"/>
+          <p:cNvPr id="4" name="Marcador de texto 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75A5F98B-7DFC-2B25-F7FD-DEB6C1D344D6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Marcador de texto 19">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="5" name="Marcador de texto 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9E04117-1498-2414-4D26-030CEBDFF818}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Marcador de texto 20">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60F7B2A2-9BF9-FB63-AC9A-E0CBAB1836A0}"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01813992-1997-746F-19D4-E385660D9779}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de número de diapositiva 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6EAB256-A9E6-32B3-E189-A0CFB2D38452}"/>
@@ -30373,489 +33317,484 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="Marcador de texto 22">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F929218-C5F0-0607-71F7-1DC4A8D8DFAF}"/>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BD96A3F-28EA-5F8C-C12A-98B00FAC74E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="Marcador de texto 23">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C90B4D1-8501-7C1B-6C63-384085D04D36}"/>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C199199D-92B4-162E-EBA0-5E77C585FEB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="Marcador de texto 24">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D95C2CA-856C-3327-ED17-5380428C3299}"/>
+          <p:cNvPr id="11" name="Marcador de texto 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57A1CEC0-9A89-4961-EBF6-2186D6253646}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="30"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="Marcador de texto 25">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11769F69-B605-38FF-F597-DBFD30A21402}"/>
+          <p:cNvPr id="12" name="Marcador de texto 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42A54507-3351-418F-15C3-F3F724699B49}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="31"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="Marcador de texto 26">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A1493C-0A83-A70D-2ABC-C838AA7D8250}"/>
+          <p:cNvPr id="13" name="Marcador de texto 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3874ECEF-0DC0-E1C9-40AD-B275B86D86C3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="28" name="Marcador de texto 27">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53272949-8423-0389-A92B-153F87BB2EF6}"/>
+          <p:cNvPr id="14" name="Marcador de texto 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC9E536B-F8D6-F9C5-B61B-361782F26A9F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="33"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="29" name="Marcador de texto 28">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11351E32-3B58-D57E-8A63-60124EBF930A}"/>
+          <p:cNvPr id="15" name="Marcador de texto 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7E5D015-3781-B41C-840F-458D3C1657B4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="35"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="Marcador de texto 29">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8F08F21-06EF-0F79-EAF1-60753E7A715C}"/>
+          <p:cNvPr id="16" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FF5EA3B-2EFA-C9C5-0420-525B62772A23}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="36"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="Marcador de texto 30">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C4C9FEE-8CF2-F593-ACFE-C51DFEF5D3D8}"/>
+          <p:cNvPr id="17" name="Marcador de texto 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC88C2F7-8CE3-6148-FB4E-6592921AAFEC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="37"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="32" name="Marcador de posición de imagen 31">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DB017F0-4C80-5E95-CA59-0DB61A1E3A65}"/>
+          <p:cNvPr id="18" name="Marcador de posición de imagen 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{005B3A31-D3AD-5E8E-B334-1258810A9C80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="39"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33" name="Marcador de posición de imagen 32">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED4DDC90-C6A2-6180-9138-5F7273EF9F08}"/>
+          <p:cNvPr id="35" name="Marcador de posición de imagen 34">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7C10416-D02D-FCE9-1A1A-5460B63BC72F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="40"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="34" name="Marcador de posición de imagen 33">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{849E34F6-4A04-5B2E-D27D-0E55B9220155}"/>
+          <p:cNvPr id="36" name="Marcador de posición de imagen 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBBC3920-65E4-741F-31DE-FC5AC3F9D79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22141BB0-36A7-6F92-226E-7C764655D7C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3330925728"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="Marcador de posición de imagen 22">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0893664C-360D-E716-DB45-B9B576DA5267}"/>
+          <p:cNvPr id="9" name="Marcador de posición de imagen 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE227AD0-0A22-0363-B0C3-AF04FD4D50AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Marcador de texto 18">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E458F8A-65A6-77EE-66C9-A1E1B1059D85}"/>
+          <p:cNvPr id="4" name="Marcador de texto 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B916F632-4AC7-0500-234D-09BC10DFED12}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Marcador de texto 19">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="5" name="Marcador de texto 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0572F6C7-46D5-80E5-333E-AFE334E27C1E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Marcador de texto 20">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19722628-0BBA-F862-53CB-DAAAFC9EDB03}"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{729F1EB1-0D9E-BF13-1165-C5B7FEC83D42}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Marcador de número de diapositiva 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FADB3F9-B774-5350-1C85-9624F1D9EA96}"/>
@@ -30867,334 +33806,344 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{987739FB-FD9D-357D-C531-D9098734F4D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1872373888"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Título 14">
-[...10 lines deleted...]
-            <p:ph type="title"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66D1955A-8E15-989A-29A5-857950A0BF57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES" dirty="0"/>
-[...8 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF8F331B-94C3-C3DF-3594-3215FC6EBE18}"/>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E47499D-888E-F287-43F8-E8BBF691AC81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Marcador de número de diapositiva 12">
-[...10 lines deleted...]
-            <p:ph type="sldNum" sz="quarter" idx="7"/>
+          <p:cNvPr id="6" name="Título 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FED14DC-648F-4015-CDB8-2AB0AAC29C98}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
-[...4 lines deleted...]
-            <a:endParaRPr lang="es-ES" dirty="0"/>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Marcador de posición de imagen 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0C58CDD-36D6-D5A0-0935-DDCA0876048E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="952555386"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2567210824"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Marcador de posición de imagen 12">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABE30500-25A6-B8B2-907E-7742BB350850}"/>
+          <p:cNvPr id="21" name="Marcador de posición de imagen 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{711C078E-3A1D-0892-D04C-E1FE1A111198}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="42"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Marcador de posición de imagen 11">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65CEDEF7-BA14-633C-95F6-C22B9D34417F}"/>
+          <p:cNvPr id="20" name="Marcador de posición de imagen 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B929A08-5451-86BF-AF6D-D1F3871BDB6F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Marcador de texto 7">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFF9BA6C-9337-CFDA-7363-F274D9ADDE84}"/>
+          <p:cNvPr id="16" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCA21DA5-9032-B98F-C756-8B0462913C32}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Marcador de texto 8">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="17" name="Marcador de texto 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72AC1CA6-E881-B44B-C916-D2DF2A0F6477}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Marcador de texto 9">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7217515-6167-B125-909A-DCD3D6EFFE5D}"/>
+          <p:cNvPr id="18" name="Marcador de texto 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCCFE2FA-1ACA-2E5B-0753-B0B4623B9273}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Marcador de número de diapositiva 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B5B474E-0A05-EB88-C2EB-77298E6AF209}"/>
@@ -31206,214 +34155,214 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Marcador de texto 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A5501CB-E7BE-27A4-DB01-2E3E9516B340}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="194910085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Marcador de posición de imagen 13">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBBAAC62-CC88-6C6C-AD3E-FF85F1E4DD85}"/>
+          <p:cNvPr id="17" name="Marcador de posición de imagen 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E59B489D-EF6D-9609-2DA6-F91037323D9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="42"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Marcador de posición de imagen 12">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7747329-CFF4-8547-11C9-699651056259}"/>
+          <p:cNvPr id="16" name="Marcador de posición de imagen 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{398FFD2B-E08E-BEAB-352A-CF8EB24FD515}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="41"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Marcador de texto 8">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0E1CE34-4B52-2352-4F75-55E0F1A233D1}"/>
+          <p:cNvPr id="4" name="Marcador de texto 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C0105C6-0D9A-2738-9A2A-F9C9BEB578A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Marcador de texto 9">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="5" name="Marcador de texto 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92FB410C-78B3-C635-95C5-00D5326BA42C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Marcador de texto 10">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D6D39B-72C8-8553-3C84-1699D83B887B}"/>
+          <p:cNvPr id="6" name="Marcador de texto 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB72582B-7A1F-EC4C-8501-35F6214ED67D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Marcador de número de diapositiva 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8477923-BAEB-A170-DD76-DA66A5E11E53}"/>
@@ -31430,62 +34379,87 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Marcador de posición de imagen 14">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97F48CFA-A016-EE1D-241E-6BA421607903}"/>
+          <p:cNvPr id="18" name="Marcador de posición de imagen 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23616F25-7B96-2462-0798-1C5DEFFB2C11}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="43"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB417488-E79A-922F-E09B-9B90D560C95C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3843400933"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
@@ -31504,51 +34478,51 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Marcador de texto 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB24CE92-3B90-4956-85B5-252F01B0B634}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Título 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A8B1C6D-3AEA-481A-AFC3-789DB29684FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
@@ -31590,1837 +34564,2094 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="61" name="Marcador de número de diapositiva 60">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD5BB527-9780-883E-D8BF-2FE175EB7B82}"/>
+          <p:cNvPr id="8" name="Marcador de posición de imagen 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D818A5E-870A-9A45-1011-A5096AE86C52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Título 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E4E1AE6-B19F-EE0C-F834-909A13F613AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A1655BE-1B39-80A6-342E-483FD1982F6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Marcador de número de diapositiva 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB896AEC-2F15-BFAD-2E81-E2A52BD73695}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="18491502" y="10627303"/>
+            <a:ext cx="933148" cy="346249"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...573 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="678184374"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="952555386"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Título 13">
-[...52 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DA311B2-A63A-5FCB-7575-89D4EF3F114D}"/>
+          <p:cNvPr id="61" name="Marcador de número de diapositiva 60">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD5BB527-9780-883E-D8BF-2FE175EB7B82}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="Marcador de texto 62">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDD3285C-CE6D-238C-B579-573E19481E6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="64" name="Marcador de texto 63">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A17290E-C93D-E23E-BEC6-9F69DC392504}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="65" name="Marcador de texto 64">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04B49596-5FB7-D075-F58C-BB2292151B42}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="66" name="Marcador de texto 65">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E0D5B01-B36C-16DE-2876-9F55C1DA7B3C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Marcador de texto 66">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17DE1E30-4F4F-6A90-BC36-B9EB5220360B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="Marcador de texto 67">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31B07905-6622-37CF-20DF-DE4F720D3B00}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" sz="1500"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="69" name="Marcador de texto 68">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3BDEBD64-14F8-FD23-751B-F84B87A5DF0B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="70" name="Marcador de texto 69">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B747BB4F-6947-5F7A-FE81-1DB24C621E0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Marcador de texto 70">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5358DF84-C071-8FFD-309C-EB5370388970}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Marcador de texto 71">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A28FC82C-8CB5-897B-B7CA-FB6224599F38}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" sz="1500"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73" name="Marcador de texto 72">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3CEA564-9C28-EB2C-DA3F-10361B454020}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="Marcador de texto 73">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD8C20F-D2C1-2BAB-D6A9-99B14A5195FF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="Marcador de texto 74">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A556C1D0-CBE8-E12E-CE62-009D9DCBC5DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Marcador de texto 75">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4F8CFA2-B395-BC52-CE8D-40BC03197051}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="23"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" sz="1800"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="Marcador de texto 76">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BD41384-D511-65FE-2EB2-A7C4335124F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="24"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="78" name="Marcador de texto 77">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE77F544-89C7-C0CE-728C-5FBA7E86D7E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="25"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Marcador de texto 78">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{749EAACA-2EAB-7E34-A030-E7C41F2281D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" sz="1500"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Marcador de texto 79">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03574C22-5ADD-7A59-7E88-9A29FCB492C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Marcador de texto 80">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4D50C4A-23F5-5AB7-A9DD-1FD4EE044EAD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="28"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" sz="1500"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="82" name="Marcador de texto 81">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D311A6F-6344-22A2-F346-EE70A8A4C922}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="29"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="83" name="Marcador de texto 82">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A32594A-2F97-B5E2-E74C-080E277E627D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="30"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="84" name="Marcador de texto 83">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AA3FECA-C019-9F54-8D4F-88BD74250BE6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="31"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="85" name="Marcador de texto 84">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{641DC7B3-8EA4-25F3-E212-F0C32FD403D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="32"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="671927089"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="678184374"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Título 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFD1C50E-F725-B4D8-FC9D-27B8FEA620C5}"/>
+          <p:cNvPr id="14" name="Título 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{877076C2-53BA-795B-B367-45CC24459A2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
-[...16 lines deleted...]
-            <p:ph type="sldNum" sz="quarter" idx="7"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Marcador de texto 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A2D7289-7C28-5633-02BD-7B3C2553D994}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="38100">
-[...3 lines deleted...]
-            </a:pPr>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Marcador de número de diapositiva 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DA311B2-A63A-5FCB-7575-89D4EF3F114D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="7"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
-              <a:pPr marL="38100">
-[...3 lines deleted...]
-              </a:pPr>
+              <a:pPr/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...148 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3009875083"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="671927089"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Marcador de número de diapositiva 1">
-[...13 lines deleted...]
-        <p:spPr/>
+          <p:cNvPr id="12" name="Título 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C64A924A-6681-BE7C-872A-855AB3E7B090}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2022114" y="2047866"/>
+            <a:ext cx="6172199" cy="3149609"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="38100">
-[...3 lines deleted...]
-            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Lorem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ipsum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> dolor </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>sit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>amet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>consectetuer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>adipiscing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>elit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Aenean</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> commodo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ligula</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>eget</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> dolor. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Aenean</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>massa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>. Cum </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>sociis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>natoque</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>penatibus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> et </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>magnis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>dis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>parturient</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> montes, </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Marcador de número de diapositiva 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27B2EC5A-053B-1972-AFAB-250C1AEDF341}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="7"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="18491502" y="10627304"/>
+            <a:ext cx="933148" cy="346249"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
-              <a:pPr marL="38100">
-[...3 lines deleted...]
-              </a:pPr>
+              <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Marcador de texto 2">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="14"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0549F0D8-158D-769D-4C06-ADD76305C674}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Marcador de texto 3">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="4294967295"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{285252AE-02CA-43AD-BC15-78B533FE408B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5040BCF0-9C65-B527-D739-D06BE02B0157}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Marcador de texto 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{915413D6-BAC3-B54E-DFC1-328B5EBF534E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="25"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2223610" y="2879875"/>
-            <a:ext cx="3733800" cy="2666999"/>
+            <a:off x="2022475" y="7680325"/>
+            <a:ext cx="6172200" cy="2470150"/>
           </a:xfrm>
-          <a:prstGeom prst="roundRect">
-[...3 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
-[...19 lines deleted...]
-        <p:spPr/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Nullam</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>dictum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>felis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>eu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>pede</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>mollis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>pretium</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Integer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>tincidunt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>. Cras </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>dapibus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Vivamus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>elementum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>semper</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>nisi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Aenean</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>vulputate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>eleifend</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>tellus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Marcador de texto 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A72E68D5-EC64-CF3F-8AF6-66AAE20C67AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2036999" y="5410200"/>
+            <a:ext cx="6172199" cy="2057400"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
-[...43 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF573AD2-EBB8-85D1-DC7A-05F84C3203A1}"/>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>nascetur</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ridiculus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> mus. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>Donec</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>quam</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>felis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>ultricies</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>nec</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>pellentesque</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>eu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>pretium</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t> quis, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0" err="1"/>
+              <a:t>sem</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-ES" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FABC134F-0AF7-435F-509B-D7D1AA910B59}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18"/>
-          </p:nvPr>
-[...293 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2222227268"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3009875083"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Título 2">
-[...10 lines deleted...]
-            <p:ph type="title"/>
+          <p:cNvPr id="2" name="Marcador de número de diapositiva 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CEA34A9-83BF-458D-FAAA-1DFA36D806B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
-[...48 lines deleted...]
-          <a:p>
+            <a:pPr marL="38100">
+              <a:spcBef>
+                <a:spcPts val="70"/>
+              </a:spcBef>
+            </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
-              <a:pPr/>
+              <a:pPr marL="38100">
+                <a:spcBef>
+                  <a:spcPts val="70"/>
+                </a:spcBef>
+              </a:pPr>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Marcador de texto 4">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E53081BE-2AAD-CEC8-78AC-37CA81653B08}"/>
+          <p:cNvPr id="70" name="Marcador de texto 69">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA306A53-C561-50B1-8AAD-A700B808AAB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
-[...8 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FCA670B-ACDB-163E-0031-54D81B363557}"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="71" name="Marcador de texto 70">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B729A453-6E99-A6D2-46EB-9D91EB2D8FF1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="es-ES"/>
-[...8 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B72FEC6-E232-7445-99AB-1E07864AED2F}"/>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="72" name="Marcador de texto 71">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D7FFB81-C9B2-F350-954A-4166B32E0A21}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Marcador de texto 8">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C82279AA-5829-5255-DB58-F254E4BC1B33}"/>
+          <p:cNvPr id="73" name="Marcador de texto 72">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7424DED-1140-19AE-157F-16C8121977CB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="74" name="Marcador de texto 73">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F34FD214-0F45-DF4B-A7D3-15E10AFA3080}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="75" name="Marcador de texto 74">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DCD5D13-5BCA-161C-B4D5-3DDC5C26F408}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="76" name="Marcador de texto 75">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FB3107C-18BD-67B3-CCBD-1DCC033D9C1C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="77" name="Marcador de texto 76">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD7067B7-FC91-20F1-E125-91438B553ABB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="78" name="Marcador de texto 77">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EAE2FF4-740D-5BDE-7889-AF1A3C68CF43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="79" name="Marcador de texto 78">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B51F5917-E44E-1C28-3D1A-864EE22E23D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="23"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="80" name="Marcador de texto 79">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE3D5355-33DC-6539-052B-85900489B6D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="24"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="81" name="Marcador de texto 80">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F56766CB-5B52-F14D-4EB4-7C8C3EBFB421}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="25"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="67" name="Marcador de texto 66">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF840AF5-060A-A8C6-498A-08A881161335}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="68" name="Marcador de texto 67">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E25F7A5-B8AC-EBDB-3227-E53DA0E01414}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="69" name="Marcador de texto 68">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F6C71B4-B3AF-AA84-C80B-9353A69F9E8B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="82" name="Marcador de texto 81">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F9F7AC1-EBF3-7873-3062-658134DEFCD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3108343159"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2222227268"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Marcador de texto 20">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14F2C7B1-9BA7-8501-79BF-D4256A41C3B2}"/>
+          <p:cNvPr id="7" name="Marcador de texto 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E311A37-046A-CF63-709A-EB371546D9EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="22" name="Marcador de texto 21">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="8" name="Marcador de texto 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63A09C11-251B-1182-A530-E7BF74BBB1BB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="Marcador de texto 22">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66E10667-8A6A-30CB-9BD2-0BB9E10C13D0}"/>
+          <p:cNvPr id="9" name="Marcador de texto 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21BB31E2-5150-9701-2265-4560DF91B486}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Marcador de número de diapositiva 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C33AF086-4C93-E1B2-9878-D9C8B52992B1}"/>
@@ -33428,209 +36659,209 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="7"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Título 19">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF17A4C4-A916-3236-2F65-61793F14CBC8}"/>
+          <p:cNvPr id="6" name="Título 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B4F9057-B932-0AD8-2F8E-F49B19176E93}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="Marcador de texto 24">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01D1B11A-0267-1B47-240B-C2B836685092}"/>
+          <p:cNvPr id="10" name="Marcador de texto 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7D82023-EF9E-B3A6-4111-4D65830D9B1C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Marcador de texto 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{005463B0-178E-0337-09D0-415AC9A449D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="260700711"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Marcador de texto 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{790FA5F3-DBFB-60CD-B05F-C0A0E5A44777}"/>
+          <p:cNvPr id="14" name="Marcador de texto 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA011B43-075D-14BF-CEA4-C4277DBBE503}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Marcador de texto 4">
-[...10 lines deleted...]
-            <p:ph type="body" sz="quarter" idx="11"/>
+          <p:cNvPr id="15" name="Marcador de texto 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E6E4F45-0E45-61CC-FA19-49C679E44572}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Marcador de texto 5">
-[...27 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0E4A993-E317-BB68-7D22-74F44EDD8586}"/>
+          <p:cNvPr id="16" name="Marcador de texto 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15D74EBF-4D0F-F68A-FBC1-0FC3B451DC5C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Marcador de número de diapositiva 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55858D86-4FB2-4446-C3BC-5D07FAB485F4}"/>
@@ -33647,137 +36878,162 @@
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="38100">
               <a:spcBef>
                 <a:spcPts val="70"/>
               </a:spcBef>
             </a:pPr>
             <a:fld id="{81D60167-4931-47E6-BA6A-407CBD079E47}" type="slidenum">
               <a:rPr lang="es-ES" smtClean="0"/>
               <a:pPr marL="38100">
                 <a:spcBef>
                   <a:spcPts val="70"/>
                 </a:spcBef>
               </a:pPr>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="es-ES" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Título 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC420B2B-56C9-2D36-67C8-B1DE388336BC}"/>
+          <p:cNvPr id="13" name="Título 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2286B57-CEA7-B601-D373-FB893D2BCB47}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Marcador de texto 8">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5F3D7A3-6043-6C8B-7D04-E2677075B928}"/>
+          <p:cNvPr id="19" name="Marcador de texto 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7CD0CE-78D5-0784-3EE8-A9C5F9256824}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Marcador de texto 7">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25D1BC9C-5D1A-5374-1F16-8B77412EF46B}"/>
+          <p:cNvPr id="17" name="Marcador de texto 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AECC8F2-4CB5-D7ED-4E5D-0B14A0EAB2F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Marcador de texto 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63C05D51-5BB5-F5FA-CD2F-FF179ECC4527}"/>
+          <p:cNvPr id="20" name="Marcador de texto 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20A3AB80-CDFB-FEA5-5AA7-98CF257B7D2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="es-ES"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Marcador de texto 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1107013A-892F-9068-BA6E-DD959E588A8C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3867405491"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -34619,96 +37875,412 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme4.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="0E2841"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E8E8E8"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="156082"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="E97132"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="196B24"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="0F9ED5"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="A02B93"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="4EA72E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="467886"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="96607D"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>20</Words>
-  <Application>Microsoft Office PowerPoint</Application>
+  <Words>91</Words>
+  <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Personalizado</PresentationFormat>
-  <Paragraphs>20</Paragraphs>
+  <Paragraphs>22</Paragraphs>
   <Slides>22</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fuentes usadas</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títulos de diapositiva</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="25" baseType="lpstr">
+    <vt:vector size="26" baseType="lpstr">
       <vt:lpstr>EHUSans</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>1_PORTADAS</vt:lpstr>
       <vt:lpstr>2_Textos y contenidos</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
-      <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
+      <vt:lpstr>Lorem ipsum dolor sit amet, consectetuer adipiscing elit. Aenean commodo ligula eget dolor. Aenean massa. Cum sociis natoque penatibus et magnis dis parturient montes, </vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
       <vt:lpstr>Presentación de PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 