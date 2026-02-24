--- v0 (2026-01-07)
+++ v1 (2026-02-24)
@@ -1,127 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\naguilar001\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\112171\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{47B30721-0490-4602-B26E-C475C369C49E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{27325EB0-3228-472C-AF78-E7D1ADE40011}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{FA3A20FC-C2CD-4FEC-9DEF-DCAE1103746D}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G60" i="1" l="1"/>
   <c r="G61" i="1"/>
   <c r="G62" i="1"/>
   <c r="C28" i="1"/>
   <c r="G58" i="1"/>
   <c r="E42" i="1"/>
   <c r="E37" i="1"/>
   <c r="G59" i="1" l="1"/>
   <c r="G57" i="1"/>
   <c r="F65" i="1" l="1"/>
   <c r="E70" i="1" s="1"/>
   <c r="E43" i="1"/>
   <c r="E44" i="1"/>
   <c r="E45" i="1"/>
   <c r="E48" i="1"/>
   <c r="E34" i="1"/>
   <c r="E38" i="1" l="1"/>
-  <c r="E63" i="1" s="1"/>
+  <c r="E49" i="1"/>
+  <c r="E63" i="1" l="1"/>
   <c r="E64" i="1" s="1"/>
-  <c r="E49" i="1"/>
   <c r="G63" i="1" l="1"/>
-  <c r="G64" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="E65" i="1" l="1"/>
+  <c r="G64" i="1"/>
+  <c r="G65" i="1" l="1"/>
+  <c r="E65" i="1"/>
   <c r="E66" i="1" s="1"/>
   <c r="F17" i="1" l="1"/>
   <c r="E71" i="1" s="1"/>
   <c r="E72" i="1" s="1"/>
   <c r="H21" i="1"/>
   <c r="E21" i="1" s="1"/>
   <c r="E73" i="1" l="1"/>
   <c r="I17" i="1" s="1"/>
   <c r="E17" i="1"/>
   <c r="D17" i="1" s="1"/>
   <c r="G17" i="1" s="1"/>
   <c r="E23" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="57">
   <si>
     <t>TOTAL MATRÍCULA</t>
   </si>
   <si>
     <t>AURREIKUSPEN EKONOMIKOA / PREVISIÓN ECONÓMICA</t>
   </si>
   <si>
     <t xml:space="preserve">DIRU-SARRERAK/ INGRESOS  </t>
   </si>
   <si>
     <t>MATRIKULA DIRUSARRERAK ≥ GASTU TOTALEN %30</t>
   </si>
   <si>
     <t xml:space="preserve">INGRESO POR MATRÍCULAS ≥ 30% GASTOS TOTALES </t>
   </si>
   <si>
     <t>MATRIKULAK / MATRÍCULAS</t>
   </si>
   <si>
     <t>IKASLE KOPURUAREN ESTIMAZIOA / 
 Nº ESTIMADO DE ALUMNADO</t>
   </si>
   <si>
     <t>KREDITU KOPURUA /
 Nº CRÉDITOS</t>
@@ -349,60 +349,77 @@
     <t>* Zuzendaritza akademikoa, berezko ikasketen araudiraren arabera:</t>
   </si>
   <si>
     <t>*Dirección académica, según el reglamento de enseñanzas propias:</t>
   </si>
   <si>
     <t>Máx 10 horas en los cursos de menos de 10 ECTS.
 Máx 15 horas en los cursos  de entre 10 y 15 ECTS.</t>
   </si>
   <si>
     <t>Gehienez 10 ordu, 10 ECTS kreditu baino gutxiagoko ikastaroetan.
 Gehienez 15 ordu, 10 eta 15 ECTS kreditu arteko ikastaroetan.</t>
   </si>
   <si>
     <t>MATRIKULA GUZTIRA, DIRULAGUNTZAREKIN / TOTAL MATRÍCULA CON SUBV</t>
   </si>
   <si>
     <t>MATRIKULAREN PREZIOA DIRULAGUNTZAREKIN / PRECIO MATRÍCULA CON SUBV</t>
   </si>
   <si>
     <t>INFORMAZIO GISA/ A TÍTULO INFORMATIVO</t>
   </si>
   <si>
     <t>MATRIKULAREN PREZIOA, DIRULAGUNTZARIK GABE / PRECIO MATRÍCULA SIN SUBV</t>
   </si>
+  <si>
+    <r>
+      <t xml:space="preserve">*  Istripuen nahitaezko asegurua (EHUkoak ez diren pertsonentzat) / Seguro obligatorio de accidentes (Aplicable a personas no pertenecientes a la EHU):  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="16"/>
+        <color theme="5" tint="0.39997558519241921"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>+ 4 €</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode=";;;"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -519,50 +536,59 @@
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="16"/>
+      <color theme="5" tint="0.39997558519241921"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.749992370372631"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -835,51 +861,51 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
@@ -986,50 +1012,53 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="8" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -1556,126 +1585,126 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{012EFEDD-12C8-45AF-9F69-70DF3D26CCF9}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B4:I79"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A29" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C37" sqref="C37"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A12" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B78" sqref="B78:F78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.28515625" customWidth="1"/>
     <col min="2" max="2" width="69.85546875" customWidth="1"/>
     <col min="3" max="3" width="21.42578125" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="19.5703125" customWidth="1"/>
     <col min="6" max="6" width="10.85546875" customWidth="1"/>
     <col min="7" max="7" width="22.140625" customWidth="1"/>
     <col min="8" max="8" width="5.140625" customWidth="1"/>
     <col min="9" max="9" width="38.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="4" spans="2:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="5" spans="2:9" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B5" s="79" t="s">
+      <c r="B5" s="80" t="s">
         <v>41</v>
       </c>
-      <c r="C5" s="80"/>
-[...3 lines deleted...]
-      <c r="G5" s="81"/>
+      <c r="C5" s="81"/>
+      <c r="D5" s="81"/>
+      <c r="E5" s="81"/>
+      <c r="F5" s="81"/>
+      <c r="G5" s="82"/>
       <c r="H5" s="3"/>
     </row>
     <row r="6" spans="2:9" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="82"/>
-[...4 lines deleted...]
-      <c r="G6" s="82"/>
+      <c r="B6" s="83"/>
+      <c r="C6" s="83"/>
+      <c r="D6" s="83"/>
+      <c r="E6" s="83"/>
+      <c r="F6" s="83"/>
+      <c r="G6" s="83"/>
       <c r="H6" s="3"/>
     </row>
     <row r="7" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
     </row>
     <row r="8" spans="2:9" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="B8" s="83" t="s">
+      <c r="B8" s="84" t="s">
         <v>1</v>
       </c>
-      <c r="C8" s="83"/>
-[...3 lines deleted...]
-      <c r="G8" s="83"/>
+      <c r="C8" s="84"/>
+      <c r="D8" s="84"/>
+      <c r="E8" s="84"/>
+      <c r="F8" s="84"/>
+      <c r="G8" s="84"/>
       <c r="H8" s="4"/>
     </row>
     <row r="9" spans="2:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
     </row>
     <row r="10" spans="2:9" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="87" t="s">
+      <c r="B10" s="88" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="88"/>
-[...3 lines deleted...]
-      <c r="G10" s="89"/>
+      <c r="C10" s="89"/>
+      <c r="D10" s="89"/>
+      <c r="E10" s="89"/>
+      <c r="F10" s="89"/>
+      <c r="G10" s="90"/>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="4"/>
     </row>
     <row r="12" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="36" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
     </row>
     <row r="13" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="36" t="s">
         <v>4</v>
@@ -1737,193 +1766,196 @@
     <row r="17" spans="2:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="9" t="e">
         <f>E17/B17/C17</f>
         <v>#DIV/0!</v>
       </c>
       <c r="E17" s="9">
         <f>F17+E72</f>
         <v>0</v>
       </c>
       <c r="F17" s="10">
         <f>0.3*E66</f>
         <v>0</v>
       </c>
       <c r="G17" s="45" t="e">
         <f>D17*C17</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H17" s="3"/>
       <c r="I17" s="55" t="e">
         <f>E73/B17</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="18" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="11"/>
       <c r="E18" s="35"/>
       <c r="F18" s="28"/>
-      <c r="G18" s="28"/>
-[...2 lines deleted...]
-    <row r="19" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="G18" s="56" t="s">
+        <v>56</v>
+      </c>
+      <c r="H18" s="56"/>
+      <c r="I18" s="56"/>
+    </row>
+    <row r="19" spans="2:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="11"/>
       <c r="E19" s="35"/>
       <c r="F19" s="28"/>
       <c r="G19" s="28"/>
       <c r="H19" s="3"/>
     </row>
     <row r="20" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B20" s="90" t="s">
+      <c r="B20" s="91" t="s">
         <v>9</v>
       </c>
-      <c r="C20" s="90"/>
-[...3 lines deleted...]
-      <c r="G20" s="90"/>
+      <c r="C20" s="91"/>
+      <c r="D20" s="91"/>
+      <c r="E20" s="91"/>
+      <c r="F20" s="91"/>
+      <c r="G20" s="91"/>
       <c r="H20" s="3"/>
     </row>
     <row r="21" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="99" t="s">
+      <c r="B21" s="100" t="s">
         <v>10</v>
       </c>
-      <c r="C21" s="85"/>
-      <c r="D21" s="86"/>
+      <c r="C21" s="86"/>
+      <c r="D21" s="87"/>
       <c r="E21" s="29">
         <f>H21-E22</f>
         <v>0</v>
       </c>
-      <c r="F21" s="94" t="s">
+      <c r="F21" s="95" t="s">
         <v>46</v>
       </c>
-      <c r="G21" s="95"/>
+      <c r="G21" s="96"/>
       <c r="H21" s="30">
         <f>0.7*E66</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B22" s="100" t="s">
+      <c r="B22" s="101" t="s">
         <v>11</v>
       </c>
-      <c r="C22" s="100"/>
-      <c r="D22" s="100"/>
+      <c r="C22" s="101"/>
+      <c r="D22" s="101"/>
       <c r="E22" s="49"/>
-      <c r="F22" s="96"/>
-      <c r="G22" s="97"/>
+      <c r="F22" s="97"/>
+      <c r="G22" s="98"/>
       <c r="H22" s="3"/>
     </row>
     <row r="23" spans="2:9" ht="21" x14ac:dyDescent="0.35">
-      <c r="B23" s="58" t="s">
+      <c r="B23" s="59" t="s">
         <v>34</v>
       </c>
-      <c r="C23" s="58"/>
-      <c r="D23" s="58"/>
+      <c r="C23" s="59"/>
+      <c r="D23" s="59"/>
       <c r="E23" s="47">
         <f>E17+E21+E22</f>
         <v>0</v>
       </c>
       <c r="F23" s="39"/>
       <c r="G23" s="40"/>
       <c r="H23" s="3"/>
     </row>
     <row r="24" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="3"/>
       <c r="C24" s="4"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="43"/>
       <c r="H24" s="3"/>
     </row>
     <row r="25" spans="2:9" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="3"/>
       <c r="C25" s="4"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
     </row>
     <row r="26" spans="2:9" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B26" s="87" t="s">
+      <c r="B26" s="88" t="s">
         <v>12</v>
       </c>
-      <c r="C26" s="88"/>
-[...3 lines deleted...]
-      <c r="G26" s="89"/>
+      <c r="C26" s="89"/>
+      <c r="D26" s="89"/>
+      <c r="E26" s="89"/>
+      <c r="F26" s="89"/>
+      <c r="G26" s="90"/>
       <c r="H26" s="3"/>
     </row>
     <row r="27" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B27" s="3"/>
       <c r="C27" s="4"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
     </row>
     <row r="28" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B28" s="36" t="s">
         <v>13</v>
       </c>
-      <c r="C28" s="84" t="str">
+      <c r="C28" s="85" t="str">
         <f>IF(B34+B42+B43+B44+B45=C17*10, "OK","Berrikusi irakastortu ordu zk / Revisar Nº horas lectivas")</f>
         <v>OK</v>
       </c>
-      <c r="D28" s="84"/>
-      <c r="E28" s="84"/>
+      <c r="D28" s="85"/>
+      <c r="E28" s="85"/>
       <c r="F28" s="34"/>
       <c r="G28" s="34"/>
       <c r="H28" s="3"/>
     </row>
     <row r="29" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="12"/>
       <c r="C29" s="4"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
     </row>
     <row r="30" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="91" t="s">
         <v>29</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-      <c r="G30" s="90"/>
+      <c r="C30" s="91"/>
+      <c r="D30" s="91"/>
+      <c r="E30" s="91"/>
+      <c r="F30" s="91"/>
+      <c r="G30" s="91"/>
       <c r="H30" s="3"/>
     </row>
     <row r="31" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="13"/>
       <c r="C31" s="4"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
     </row>
     <row r="32" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C32" s="4"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
     </row>
     <row r="33" spans="2:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="B33" s="15" t="s">
         <v>35</v>
@@ -1964,79 +1996,79 @@
       <c r="B36" s="15" t="s">
         <v>31</v>
       </c>
       <c r="C36" s="16" t="s">
         <v>17</v>
       </c>
       <c r="D36" s="17"/>
       <c r="E36" s="17"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
     </row>
     <row r="37" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B37" s="18"/>
       <c r="C37" s="19"/>
       <c r="D37" s="17"/>
       <c r="E37" s="46">
         <f>B37*C37</f>
         <v>0</v>
       </c>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
     </row>
     <row r="38" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B38" s="68" t="s">
+      <c r="B38" s="69" t="s">
         <v>36</v>
       </c>
-      <c r="C38" s="68"/>
+      <c r="C38" s="69"/>
       <c r="D38" s="17"/>
       <c r="E38" s="20">
         <f>E34+E37</f>
         <v>0</v>
       </c>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
     </row>
     <row r="39" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B39" s="3"/>
       <c r="C39" s="17"/>
       <c r="D39" s="17"/>
       <c r="E39" s="17"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
     </row>
     <row r="40" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B40" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="C40" s="98"/>
-[...1 lines deleted...]
-      <c r="E40" s="98"/>
+      <c r="C40" s="99"/>
+      <c r="D40" s="99"/>
+      <c r="E40" s="99"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
     </row>
     <row r="41" spans="2:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="B41" s="15" t="s">
         <v>35</v>
       </c>
       <c r="C41" s="16" t="s">
         <v>14</v>
       </c>
       <c r="D41" s="17"/>
       <c r="E41" s="17"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
     </row>
     <row r="42" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B42" s="21"/>
       <c r="C42" s="22"/>
       <c r="D42" s="17"/>
       <c r="E42" s="46">
         <f>B42*C42</f>
         <v>0</v>
       </c>
@@ -2095,474 +2127,475 @@
       <c r="B47" s="15" t="s">
         <v>16</v>
       </c>
       <c r="C47" s="16" t="s">
         <v>17</v>
       </c>
       <c r="D47" s="23"/>
       <c r="E47" s="23"/>
       <c r="F47" s="23"/>
       <c r="G47" s="23"/>
       <c r="H47" s="23"/>
     </row>
     <row r="48" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B48" s="18"/>
       <c r="C48" s="19"/>
       <c r="D48" s="17"/>
       <c r="E48" s="46">
         <f>B48*C48</f>
         <v>0</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
     </row>
     <row r="49" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B49" s="68" t="s">
+      <c r="B49" s="69" t="s">
         <v>18</v>
       </c>
-      <c r="C49" s="68"/>
+      <c r="C49" s="69"/>
       <c r="D49" s="17"/>
       <c r="E49" s="20">
         <f>SUM(E42:E48)</f>
         <v>0</v>
       </c>
       <c r="F49" s="4"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
     </row>
     <row r="50" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B50" s="3"/>
       <c r="C50" s="17"/>
       <c r="D50" s="17"/>
       <c r="E50" s="17"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
     </row>
     <row r="51" spans="2:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B51" s="60" t="s">
+      <c r="B51" s="61" t="s">
         <v>45</v>
       </c>
-      <c r="C51" s="60"/>
-[...3 lines deleted...]
-      <c r="G51" s="60"/>
+      <c r="C51" s="61"/>
+      <c r="D51" s="61"/>
+      <c r="E51" s="61"/>
+      <c r="F51" s="61"/>
+      <c r="G51" s="61"/>
       <c r="H51" s="3"/>
     </row>
     <row r="52" spans="2:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="50"/>
       <c r="C52" s="50"/>
       <c r="D52" s="50"/>
       <c r="E52" s="50"/>
       <c r="F52" s="50"/>
       <c r="G52" s="50"/>
       <c r="H52" s="3"/>
     </row>
     <row r="53" spans="2:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B53" s="64" t="s">
+      <c r="B53" s="65" t="s">
         <v>48</v>
       </c>
-      <c r="C53" s="64"/>
-      <c r="D53" s="64" t="s">
+      <c r="C53" s="65"/>
+      <c r="D53" s="65" t="s">
         <v>49</v>
       </c>
-      <c r="E53" s="64"/>
-[...1 lines deleted...]
-      <c r="G53" s="64"/>
+      <c r="E53" s="65"/>
+      <c r="F53" s="65"/>
+      <c r="G53" s="65"/>
     </row>
     <row r="54" spans="2:9" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B54" s="65" t="s">
+      <c r="B54" s="66" t="s">
         <v>51</v>
       </c>
-      <c r="C54" s="66"/>
-      <c r="D54" s="65" t="s">
+      <c r="C54" s="67"/>
+      <c r="D54" s="66" t="s">
         <v>50</v>
       </c>
-      <c r="E54" s="67"/>
-[...1 lines deleted...]
-      <c r="G54" s="67"/>
+      <c r="E54" s="68"/>
+      <c r="F54" s="68"/>
+      <c r="G54" s="68"/>
     </row>
     <row r="55" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" s="48"/>
       <c r="C55" s="48"/>
       <c r="D55" s="48"/>
       <c r="E55" s="48"/>
       <c r="F55" s="48"/>
       <c r="G55" s="48"/>
       <c r="H55" s="3"/>
     </row>
     <row r="56" spans="2:9" ht="27" x14ac:dyDescent="0.25">
-      <c r="B56" s="85" t="s">
+      <c r="B56" s="86" t="s">
         <v>44</v>
       </c>
-      <c r="C56" s="85"/>
-      <c r="D56" s="86"/>
+      <c r="C56" s="86"/>
+      <c r="D56" s="87"/>
       <c r="E56" s="31" t="s">
         <v>37</v>
       </c>
       <c r="F56" s="32" t="s">
         <v>38</v>
       </c>
       <c r="G56" s="31" t="s">
         <v>39</v>
       </c>
       <c r="H56" s="3"/>
     </row>
     <row r="57" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B57" s="69" t="s">
+      <c r="B57" s="70" t="s">
         <v>19</v>
       </c>
-      <c r="C57" s="69"/>
-      <c r="D57" s="69"/>
+      <c r="C57" s="70"/>
+      <c r="D57" s="70"/>
       <c r="E57" s="22"/>
       <c r="F57" s="8"/>
       <c r="G57" s="9">
         <f>E57+F57</f>
         <v>0</v>
       </c>
       <c r="H57" s="4"/>
     </row>
     <row r="58" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B58" s="69" t="s">
+      <c r="B58" s="70" t="s">
         <v>20</v>
       </c>
-      <c r="C58" s="69"/>
-      <c r="D58" s="69"/>
+      <c r="C58" s="70"/>
+      <c r="D58" s="70"/>
       <c r="E58" s="22"/>
       <c r="F58" s="8"/>
       <c r="G58" s="9">
         <f t="shared" ref="G58:G64" si="0">E58+F58</f>
         <v>0</v>
       </c>
       <c r="H58" s="3"/>
     </row>
     <row r="59" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B59" s="69" t="s">
+      <c r="B59" s="70" t="s">
         <v>21</v>
       </c>
-      <c r="C59" s="69"/>
-      <c r="D59" s="69"/>
+      <c r="C59" s="70"/>
+      <c r="D59" s="70"/>
       <c r="E59" s="22"/>
       <c r="F59" s="8"/>
       <c r="G59" s="9">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H59" s="3"/>
     </row>
     <row r="60" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B60" s="73"/>
-[...1 lines deleted...]
-      <c r="D60" s="75"/>
+      <c r="B60" s="74"/>
+      <c r="C60" s="75"/>
+      <c r="D60" s="76"/>
       <c r="E60" s="22"/>
       <c r="F60" s="8"/>
       <c r="G60" s="9">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H60" s="3"/>
     </row>
     <row r="61" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B61" s="73"/>
-[...1 lines deleted...]
-      <c r="D61" s="75"/>
+      <c r="B61" s="74"/>
+      <c r="C61" s="75"/>
+      <c r="D61" s="76"/>
       <c r="E61" s="22"/>
       <c r="F61" s="8"/>
       <c r="G61" s="9">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H61" s="3"/>
     </row>
     <row r="62" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B62" s="73"/>
-[...1 lines deleted...]
-      <c r="D62" s="75"/>
+      <c r="B62" s="74"/>
+      <c r="C62" s="75"/>
+      <c r="D62" s="76"/>
       <c r="E62" s="22"/>
       <c r="F62" s="8"/>
       <c r="G62" s="9">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H62" s="3"/>
     </row>
     <row r="63" spans="2:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B63" s="72" t="s">
+      <c r="B63" s="73" t="s">
         <v>47</v>
       </c>
-      <c r="C63" s="72"/>
-      <c r="D63" s="72"/>
+      <c r="C63" s="73"/>
+      <c r="D63" s="73"/>
       <c r="E63" s="24">
         <f>0.06*(E38+E49+E57+E58+E59+E60+E61+E62)</f>
         <v>0</v>
       </c>
       <c r="F63" s="25"/>
       <c r="G63" s="9">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H63" s="3"/>
       <c r="I63" s="1"/>
     </row>
     <row r="64" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B64" s="69" t="s">
+      <c r="B64" s="70" t="s">
         <v>40</v>
       </c>
-      <c r="C64" s="69"/>
-      <c r="D64" s="69"/>
+      <c r="C64" s="70"/>
+      <c r="D64" s="70"/>
       <c r="E64" s="24">
         <f>0.15*(E38+E49+E57+E58+E59+E63+E60+E61+E62)</f>
         <v>0</v>
       </c>
       <c r="F64" s="25"/>
       <c r="G64" s="9">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H64" s="3"/>
     </row>
     <row r="65" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B65" s="70" t="s">
+      <c r="B65" s="71" t="s">
         <v>22</v>
       </c>
-      <c r="C65" s="70"/>
-      <c r="D65" s="71"/>
+      <c r="C65" s="71"/>
+      <c r="D65" s="72"/>
       <c r="E65" s="20">
         <f>SUM(E57:E64)</f>
         <v>0</v>
       </c>
       <c r="F65" s="33">
         <f>SUM(F57:F64)</f>
         <v>0</v>
       </c>
       <c r="G65" s="33">
         <f>SUM(G57:G64)</f>
         <v>0</v>
       </c>
       <c r="H65" s="3"/>
     </row>
     <row r="66" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B66" s="57" t="s">
+      <c r="B66" s="58" t="s">
         <v>23</v>
       </c>
-      <c r="C66" s="57"/>
-      <c r="D66" s="59"/>
+      <c r="C66" s="58"/>
+      <c r="D66" s="60"/>
       <c r="E66" s="27">
         <f>E38+E49+E65</f>
         <v>0</v>
       </c>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
     </row>
     <row r="67" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B67" s="26"/>
       <c r="C67" s="26"/>
       <c r="D67" s="26"/>
       <c r="E67" s="44"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
     </row>
     <row r="68" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B68" s="3"/>
       <c r="C68" s="4"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
     </row>
     <row r="69" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B69" s="91" t="s">
+      <c r="B69" s="92" t="s">
         <v>30</v>
       </c>
-      <c r="C69" s="92"/>
-[...3 lines deleted...]
-      <c r="G69" s="93"/>
+      <c r="C69" s="93"/>
+      <c r="D69" s="93"/>
+      <c r="E69" s="93"/>
+      <c r="F69" s="93"/>
+      <c r="G69" s="94"/>
       <c r="H69" s="3"/>
     </row>
     <row r="70" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B70" s="61" t="s">
+      <c r="B70" s="62" t="s">
         <v>32</v>
       </c>
-      <c r="C70" s="62"/>
-      <c r="D70" s="63"/>
+      <c r="C70" s="63"/>
+      <c r="D70" s="64"/>
       <c r="E70" s="24">
         <f>F65</f>
         <v>0</v>
       </c>
       <c r="F70" s="3"/>
       <c r="G70" s="4"/>
       <c r="H70" s="3"/>
     </row>
     <row r="71" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B71" s="56" t="s">
+      <c r="B71" s="57" t="s">
         <v>33</v>
       </c>
-      <c r="C71" s="56"/>
-      <c r="D71" s="56"/>
+      <c r="C71" s="57"/>
+      <c r="D71" s="57"/>
       <c r="E71" s="24">
         <f>F17*0.06</f>
         <v>0</v>
       </c>
       <c r="F71" s="3"/>
       <c r="G71" s="30"/>
       <c r="H71" s="3"/>
     </row>
     <row r="72" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B72" s="57" t="s">
+      <c r="B72" s="58" t="s">
         <v>28</v>
       </c>
-      <c r="C72" s="57"/>
-      <c r="D72" s="57"/>
+      <c r="C72" s="58"/>
+      <c r="D72" s="58"/>
       <c r="E72" s="27">
         <f>SUM(E70:E71)</f>
         <v>0</v>
       </c>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
     </row>
     <row r="73" spans="2:8" ht="21" x14ac:dyDescent="0.35">
-      <c r="B73" s="58" t="s">
+      <c r="B73" s="59" t="s">
         <v>27</v>
       </c>
-      <c r="C73" s="58"/>
-      <c r="D73" s="58"/>
+      <c r="C73" s="59"/>
+      <c r="D73" s="59"/>
       <c r="E73" s="41">
         <f>E66+E72</f>
         <v>0</v>
       </c>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
     </row>
     <row r="74" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B74" s="3"/>
       <c r="C74" s="3"/>
       <c r="D74" s="3"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
     </row>
     <row r="75" spans="2:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="B75" s="37" t="s">
         <v>24</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3"/>
     </row>
     <row r="76" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B76" s="37"/>
       <c r="C76" s="3"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
     </row>
     <row r="77" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B77" s="14" t="s">
         <v>25</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
     </row>
     <row r="78" spans="2:8" ht="125.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B78" s="76"/>
-[...3 lines deleted...]
-      <c r="F78" s="78"/>
+      <c r="B78" s="77"/>
+      <c r="C78" s="78"/>
+      <c r="D78" s="78"/>
+      <c r="E78" s="78"/>
+      <c r="F78" s="79"/>
       <c r="G78" s="42" t="s">
         <v>26</v>
       </c>
       <c r="H78" s="3"/>
     </row>
     <row r="79" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B79" s="3"/>
       <c r="C79" s="3"/>
       <c r="D79" s="3"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="iVOycxFojsaWT0BUlJXeG2TMSozuN6kiGS7bbb/CUpK8qaLnbS3qmOP/fWLLjvwGUQn/FMTly6WKXNkHXQkhrA==" saltValue="lvMcaIj0lZf0Zr3hAbpSSQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-  <mergeCells count="37">
+  <sheetProtection algorithmName="SHA-512" hashValue="LbTBUC4ByRxbL4h5gji2F/4f1qG4FL0BfzwoksO0V610gOgboKg9BrgWrPahfleZJQiGeNBwRENtcclplD0o9g==" saltValue="aIOq51LtNSOCrpWCBObYCw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="38">
     <mergeCell ref="B78:F78"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="C28:E28"/>
     <mergeCell ref="B56:D56"/>
     <mergeCell ref="B10:G10"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B20:G20"/>
     <mergeCell ref="B69:G69"/>
     <mergeCell ref="F21:G22"/>
     <mergeCell ref="C40:E40"/>
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B22:D22"/>
-    <mergeCell ref="B38:C38"/>
-[...3 lines deleted...]
-    <mergeCell ref="B57:D57"/>
     <mergeCell ref="B59:D59"/>
     <mergeCell ref="B58:D58"/>
     <mergeCell ref="B63:D63"/>
     <mergeCell ref="B60:D60"/>
     <mergeCell ref="B61:D61"/>
     <mergeCell ref="B62:D62"/>
+    <mergeCell ref="G18:I18"/>
     <mergeCell ref="B71:D71"/>
     <mergeCell ref="B72:D72"/>
     <mergeCell ref="B73:D73"/>
     <mergeCell ref="B66:D66"/>
     <mergeCell ref="B51:G51"/>
     <mergeCell ref="B70:D70"/>
     <mergeCell ref="B53:C53"/>
     <mergeCell ref="B54:C54"/>
     <mergeCell ref="D53:G53"/>
     <mergeCell ref="D54:G54"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="B64:D64"/>
+    <mergeCell ref="B65:D65"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="B57:D57"/>
   </mergeCells>
   <conditionalFormatting sqref="C28">
     <cfRule type="notContainsText" dxfId="8" priority="6" operator="notContains" text="OK">
       <formula>ISERROR(SEARCH("OK",C28))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="7" priority="7" operator="containsText" text="OK">
       <formula>NOT(ISERROR(SEARCH("OK",C28)))</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="6" priority="8" operator="equal">
       <formula>"""OK"""</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="5" priority="9" operator="equal">
       <formula>$C$28*10</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C34">
     <cfRule type="cellIs" dxfId="4" priority="5" operator="greaterThan">
       <formula>125</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C37">
     <cfRule type="cellIs" dxfId="3" priority="4" operator="greaterThan">
       <formula>125</formula>
     </cfRule>
   </conditionalFormatting>